--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c34a31" w14:textId="5c34a31">
+    <w:p w14:paraId="7e105a3" w14:textId="7e105a3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -688,37022 +688,38624 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Стратегиялық жоспарлау және</w:t>
+              <w:t>Стратегиялық жоспарлау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>реформалар агенттігінің</w:t>
+              <w:t>және реформалар агенттігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық статистика бюросы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>басшысының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 12 желтоқсандағы № 209</w:t>
+              <w:t>2024 жылғы 12 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 209 бұйрығына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025-2027 жылдарға арналған респонденттердің жалпымемлекеттік және ведомстволық статистикалық байқаулар бойынша бастапқы статистикалық деректерді ұсыну графигі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда – ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 191</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы жүргізетін жалпымемлекеттік статистикалық байқаулар</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистикалық нысанның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистикалық нысанның индексі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттердің бастапқы статистикалық деректерді ұсыну кезеңділігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттердің бастапқы статистикалық деректерді ұсыну мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорындар статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы жылдың 1-3 тоқсанында "Шағын кәсіпорынның қызметі туралы есеп" (индексі 2-МП) статистикалық нысанын тапсырғандарды, сондай-ақ есепті кезеңде тіркелгендерді қоспағанда, қызметкерлерінің саны 100 адамнан аспайтын, кәсіпкерлік қызметпен айналысатын заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық қызмет түрлері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-СР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 31 қазанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл, орман, аңшылық және балық шаруашылығы статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұсынады: Экономикалық қызмет түрлері жалпы жіктеуішінің (бұдан әрі – ЭҚЖЖ) 01.4 – "Мал шаруашылығы" және 01.5 – "Аралас ауыл шаруашылығы" кодтары бойынша негізгі немесе қосалқы қызмет түрлері бар барлық заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мал шаруашылығының жай-күйі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұсынады: ЭҚЖЖ-ның 01.4 – "Мал шаруашылығы" және 01.5 – "Аралас ауыл шаруашылығы" кодтары бойынша негізгі немесе қосалқы қызмет түрлері бар барлық заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мал шаруашылығының жай-күйі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 20 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәнді және бұршақты дақылдарды өсірумен, қайта өңдеумен, сатумен, сақтаумен және пайдаланумен айналысатын шаруашылық субъектілері ұсынады: заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері; (дәнді және бұршақты дақылдарының егіс алқабы 10 гектар асатын) дара кәсіпкерлер және шаруа немесе фермер қожалықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астықтың қолда бары туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-сх (астық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 қаңтардан басқа есепті кезеңнен кейінгі айдың 3-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәнді және бұршақты дақылдарын өсірумен, қайта өңдеумен, сатумен, сақтаумен және пайдаланумен айналысатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, шаруа немесе фермер қожалықтары, дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астықтың қолда бары және оның қозғалысы туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-сх (астық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның "Аңшылық, аулау және осы салаға кіретін қызмет көрсетуді ұсынумен қоса" 01.7-коды бойынша қызметтің негізгі немесе қосалқы түрлері болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер және бекітілген тәртіппен тіркелген және жануарлар дүниесін пайдалануға рұқсат алған жеке тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аңшылық пен аулау жөніндегі, осы салалардағы қызмет көрсетуді ұсынуды қоса алғандағы қызмет туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-аңшылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 23 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Іріктемеге түскен, мал мен құсы бар дара кәсіпкерлер, шаруа немесе фермер қожалықтары және жұртшылық шаруашылықтары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дара кәсіпкерлер, шаруа немесе фермер қожалықтарында және жұртшылық шаруашылықтарында мал шаруашылығы өнімдерін өндіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А-008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-інен бастап 25 наурыз, 11-інен бастап 25 маусым, 11-інен бастап 25 қыркүйек, 11-інен бастап 25 желтоқсан аралықтарындағы кезең</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 03 – "Балық аулау және балық өсіру" коды бойынша негізгі немесе қосалқы қызмет түрлерімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер және жануарлар дүниесін пайдалануға рұқсаты және (немесе) балық шаруашылығын жүргізуге шарты бар жеке тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық аулау мен акваөсіру туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-балық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтары бойынша қызметтің негізгі және қосалқы түрлері 02 – "Орман өсіру және ағаш дайындау", 01.3 – "Өсімдіктердің ұдайы өндірісі" болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері мен ағаш кесу билеті болған жағдайда дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман өсіру мен ағаш дайындау қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-орман</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 21 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 01.1, 01.2, 01.3, 01.4, 01.5-кодтары бойынша негізгі немесе қосалқы экономикалық қызмет түрлерімен барлық заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері; ЭҚЖЖ-ның 01.1, 01.2, 01.3, 01.4, 01.5 кодтары бойынша негізгі немесе қосалқы экономикалық қызмет түрлерімен іріктемеге іліккен, шаруа немесе фермер қожалықтарын қоса алғанда дара кәсіпкерлер ұсынады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы құралымының қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның "Бір немесе екіжылдық дақылдарды өсіру" 01.1, "Көпжылдық дақылдарды өсіру" 01.2, "Өсімдіктердің ұдайы өндірісі" 01.3 және "Аралас ауыл шаруашылығы" 01.5 кодтары бойынша негізгі және қосалқы қызмет түрлерімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егін себу қорытындылары туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 15 маусымына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 01.1, 01.2, 01.3, 01.5-кодтары бойынша экономикалық қызметтің негізгі немесе қосалқы түрлерімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері; ЭҚЖЖ 01.1, 01.2, 01.3, 01.5 кодтары бойынша экономикалық қызметтің негізгі немесе қосалқы түрлерімен іріктемеге іліккен, шаруа немесе фермер қожалықтарын қоса алғанда дара кәсіпкерлер ұсынады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы дақылдары түсімін жинау туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 2 қарашасына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 20 қарашасына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байқауға іріктемеге түскен егістік алқабы, шабындығы жəне жайылымы, көпжылдық екпелері және жылыжайлары бар жұртшылық шаруашылықтары қатысады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұртшылық шаруашылықтарындағы ауыл шаруашылығы дақылдары түсімін жинау туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А-005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үш жылда бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 2 қарашасына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 01.1 Бір- немесе екіжылдық дақылдарды өсіру, 01.2 Көпжылдық дақылдарды өсіру, 01.3 Өсімдіктердің ұдайы өндірісі, 01.4 Мал шаруашылығы, 01.5 Аралас ауыл шаруашылығы, 01.6 Астықты өңдеу жөніндегі қызмет және ауыл шаруашылық дақылдарын өсіру және мал басын көбейтуге мүмкіндік беретін қызмет кодтары бойынша негізгі немесе қосалқы қызмет түрлерімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы кәсіпорындарында ауыл шаруашылығы мақсатындағы құрылыстар мен құрылысжайлардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үш жылда бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майлы дақылдар тұқымын өсірумен, өңдеумен, сатумен және сақтаумен айналысатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, шаруа немесе фермер қожалықтары, жеке кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майлы дақылдар тұқымдарының қолда бары және қозғалысы туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-сх (майлы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 3-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы кооперативтері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы кооперативінің қызметі туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-СПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 28 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғалған топырақтағы ауыл шаруашылық дақылдарын өсірумен айналысатын заңды тұлғалар және (немесе) олардын құрылымдық және оқшауланған бөлімшелері, шаруа немесе фермер қожалықтары, дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғалған топырақтағы ауыл шаруашылығы дақылдарының түсімін жинау туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-жылыжай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық қызмет түрлері жалпы жіктеуішінің 01.6 – коды бойынша негізгі және қосалқы қызмет түрлерімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығы қызметтерін көрсету туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-сх</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үш жылда бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 20 сәуірге дейін (қоса алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп өндірісі және қоршаған орта статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметінің негізгі түрі "Өнеркәсіп" (ЭҚЖЖ-ның кодтарына сәйкес – 05-33, 35-39) болып табылатын: жұмыс істейтіндердің тізімдік саны 100 адамнан жоғары; жұмыс істейтіндердің тізімдік саны 100 адамға дейін, жылдық өндіріс көлемі 1000 миллион теңгеден жоғары заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кəсіпорынның өнім (тауарлар, көрсетілетін қызметтер) өндіру жəне жөнелту туралы есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 1-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметінің негізгі түрі "Өнеркәсіп" (ЭҚЖЖ-ның кодтарына сәйкес – 05-33, 35-39) болып табылатын, жұмыс істейтіндердің тізімдік саны 100 адамға дейін (жылдық өндіріс көлемі 1000 миллион теңгеден асатын кәсіпорындарды қоспағанда); қосалқы қызмет түрі "Өнеркәсіп" болып табылатын, жұмыс істейтіндердің санына қарамастан заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кəсіпорынның өнім (тауарлар, көрсетілетін қызметтер) өндіру туралы есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің санына қарамастан, қызметтің негізгі және (немесе) қосалқы түрі "Өнеркәсіп" (ЭҚЖЖ-ның кодтарына сәйкес – 05-33, 35-39) болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кəсіпорынның өнім (тауарлар, көрсетілетін қызметтер) өндіру жəне жөнелту туралы есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 14 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің санына қарамастан, қызметінің негізгі және қосалқы түрі "Өнеркәсіп" (ЭҚЖЖ-ның 05-33, 35-39 кодтарына сәйкес) болып табылатын, заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірістік қуаттар балансы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БМ  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің санына қарамастан, қызметтің негізгі және (немесе) қосалқы түрі "Өнеркәсіп" (ЭҚЖЖ 05-33, 35-39) болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнімді (тауарларды, көрсетілетін қызметтерді) өндіру, жөнелту және өндірістік қуаттар теңгерімі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-П</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 14 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі немесе қосалқы экономикалық қызмет түрі ЭҚЖЖ-нің 05-33, 35-39 кодтарына сәйкес дара кәсіпкерлержәне қызмет түрлеріне қарамастан, өнеркәсіп өнімін өндірумен айналысатын шаруа немесе фермер қожалықтары тізім бойынша ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дара кәсіпкердің өнеркәсіп өнімін (тауарлар, көрсетілетін қызметтер) өндіру туралы есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01-ИП (пром)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 38110 "Қауіпcіз қалдықтарды жинау" кодына сəйкес негізгі және (немесе) қосалқы қызмет түрлерімен барлық заңды тұлғалар жəне (немесе) олардың құрылымдық жəне оқшауланған бөлімшелері мен дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық қалдықтарды жинау және шығару туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-қалдықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 38-кодына сəйкес (38.12.0 "Қауіпті қалдықтарды жинау" және 38.22.0 "Қауіпті қалдықтарды өңдеу және жою" кодтарынан басқа) негізгі жəне (немесе) қосалқы қызмет түрлері "Қалдықтарды жинау, өңдеу және жою бойынша қызметтер, материалдарды кәдеге жарату (қалпына келтіру)" болып табылатын барлық заңды тұлғалар жəне (немесе) олардың құрылымдық жəне оқшауланған бөлімшелері мен дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалдықтарды қайта өңдеу, сорттау, кәдеге жарату және көму туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-қалдықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығарындылардың құрамында 1 және (немесе) 2 қауіптiлік сыныбының ластаушы заттары болған жағдайда жылына 0,999 тоннадан астам және (немесе) 0,500-ден 0,999 тоннаға дейін қоса алғанда атмосфералық ауаға шығаруға рұқсат етілген немесе декларацияланатын ластаушы заттардың көлемімен ауаны ластайтын тұрақты көздері бар заңды тұлғалар және (немесе) олардың құрылымдық жəне оқшауланған бөлімшелері, дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атмосфералық ауаны қорғау туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТП (ауа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи ресурстарды пайдаланатын, ластаушы заттар мен өндірістік және тұтыну қалдықтардың шығарындылары мен төгінділерінің тұрақты көздері бар және табиғат қорғау шараларын жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық жəне оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған ортаны қорғауға жұмсалған шығындар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-ОС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 36, 37-кодтарына сәйкес (37.00.2 "Ассенизаторлық қызмет"кодтары басқа) негізгі немесе қосалқы қызмет түрлері "Суды жинау, тазарту және бөлу", "Ағынды суларды жинау және тазарту" және "Жергілікті басқару органдарының қызметі", "Ауылдық және кенттік басқару басқару органдарының қызметі" - экономикалық қызмет түрлерінің жалпы жіктеуішінің 84113 және 84114 кодтарына сәйкес, шаруашылық субъектілеріне сенімгерлік басқаруға берілмеген сумен жабдықтау және су бұру жүйелерінің құрылыстары мен желілердің ұзындығы балансында бар болып табылатын барлық заңды тұлғалар және (немесе) олардың құрылымдық жəне оқшауланған бөлімшелері мен дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумен жабдықтау және (немесе) су бұру жүйелерін пайдалануды жүзеге асыратын кәсіпорындардың жұмысы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ВК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 22 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Энергетика статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның – 06.10, 06.20, 19.20.1, 35.2, 46.71.1, 46.71.2, 49.50-кодтарына сәйкес негізгі немесе қайталама қызмет түрлерімен газды өндіруді, тасымалдауды жүзеге асыратын заңды тұлғалар және (немесе) олардың филиалдары және өкілдіктері және газ өңдеу кәсіпорындары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Газ кәсіпорындарының қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ГАЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 26 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 06.10, 19.20.1, 46.71.1, 46.71.5, 46.71.6, 46.71.7, 46.71.8, 46.71.9 кодына сәйкес қызметтің негізгі немесе қайталама қызмет түрлері бар импортталған және алыс-беріс шикізатында өндірілген шикі мұнай мен ілеспе газды өндіруді, оларды қайта өңдеуді және көтерме сауданы жүзеге асыратын заңды тұлғалар және (немесе) олардың филиалдары мен өкілдіктері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай өндіруші, мұнай өңдеуші және мұнай өнімдерін сататын кәсіпорындардың қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-НЕФТЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 26 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның – 05, 19.1, 24.1 – кодтарына сәйкес негізгі немесе қайталама қызмет түрлерімен көмір және лигнит өндіруді, кокс пештерінің өнімдерін өндіруді, шойын, болат және ферроқорытпалар өндіруді жүзеге асыратын заңды тұлғалар және (немесе) олардың филиалдары және өкілдіктері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көмір кәсіпорындарының қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-УГОЛЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 26 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі немесе қосалқы қызмет түрлері 35.30.2, 35.30.3, 35.30.5, 35.30.7, 35.30.8 "Бумен, ыстық сумен және ауаны кондициялаумен қамтамасыз ету" болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылу электр станциялары мен қазандықтардың жұмысы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-ТП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 18 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 35.1-кодына сәйкес негізгі немесе қосалқы қызмет түрлерімен электр энергиясын өндіруді, беруді, таратуды, сатуды жүзеге асыратын заңды тұлғалар мен (немесе) олардың филиалдары мен өкілдіктері және тізім бойынша өз қажеттіліктері үшін электр энергиясын өндіруді жүзеге асыратындар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электр энергиясын өндіру, беру, тарату және сату туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЭЛЕКТРОЭНЕРГИЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 18 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 01-03, 07-15, 17-33, 36-47, 55-99 кодтарына сәйкес Экономикалық қызметтің негізгі және қосалқы түрлері бар отын мен энергияны тұтынушылар болып табылатын заңды және (немесе) олардың құрылымдық және оқшауланған бөлімшелері саны 100 адамнан астам, 02, 16, 20.14, 49-51, 52.22, 52.23 қызмет түрлерімен санына қарамастан -жаппай әдіспен, саны 100 адамға дейін – іріктемелі әдіспен тапсырады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Энергияны түпкілікті тұтыну</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КПЭ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инвестициялар және құрылыс статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлер санына және экономикалық қызмет түріне қарамастан негізгі капиталды сатып алуды жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталға салынған инвестициялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлер санына және экономикалық қызмет түріне қарамастан негізгі капиталды сатып алуды жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталға салынған инвестициялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын жергілікті атқарушы органдардың құрылымдық бөлімшелері, сондай-ақ пайдалануға берілген объектілер бойынша шаруа немесе фермер қожалықтары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құрылыс салушылардың объектілерді пайдалануға беруі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ИС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын жергілікті атқарушы органдардың құрылымдық бөлімшесі, сондай-ақ пайдалануға берілген объектілер бойынша шаруа немесе фермер қожалықтары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құрылыс салушылардың объектілерді пайдалануға беруі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ИС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істейтіндердің санына қарамастан, есепті кезеңде объектілерді пайдалануға беруді жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объектілерді пайдалануға беру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істейтіндердің санына қарамастан, есепті кезеңде объектілерді пайдалануға беруді жүзеге асыратын заңды тұлғалар және олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объектілерді пайдалануға беру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 41-43-кодтарына сәйкес негізгі және қосалқы қызмет түрлері "Құрылыс" болып табылатын, жұмыс істейтіндер саны 100 адамнан асатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындалған құрылыс жұмыстары (көрсетілетін қызметтер) туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 4-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 41-43-кодтарына сәйкес негізгі және қосалқы қызмет түрлері "Құрылыс" болып табылатын, жұмыс істейтіндер саны 100 адамға дейінгі заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындалған құрылыс жұмыстары (көрсетілетін қызметтер) туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КС (шағын)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 4-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 41-43-кодтарына сәйкес негізгі және қосалқы қызмет түрлері "Құрылыс" болып табылатын, жұмыс істейтіндердің санына қарамастан заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындалған құрылыс жұмыстары (көрсетілетін қызметтер) туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 31 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруа, фермер қожалықтары жеке кәсіпкерлік және бірлескен кәсіпкерлік нысанындағы жеке кәсіпкерлік нысанында ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаруа немесе фермер қожалықтарының негізгі капиталына салынған инвестициялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-КФХ инвест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сауда статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық қызметінің негізгі түрлері ЭҚЖЖ-ның кодына сәйкес 45 – автомобильдер мен мотоциклдерді көтерме және бөлшек саудада сату және оларды жөндеу; 46 (46.1 кодынан басқа ) – автомобильдер мен мотоциклдер саудасынан басқа, көтерме саудада сату; 47 – автомобильдер мен мотоциклдерді сатудан басқа, бөлшек сауда; 56 – тамақ өнімдерімен және сусындармен қамтамасыз ету бойынша қызмет көрсету болып табылатын қызметкерлерінің саны 100-ден асатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ қызметкерлерінің саны 100 адамға дейін іріктемеге түскен заңды тұлғалар және тізім бойынша заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлар мен көрсетілетін қызметтерді өткізу туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-сауда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 3-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық қызметтің негізгі түрімен (ЭҚЖЖ-ның 66.11.1-кодына сәйкес) тауар биржасының сауда жүйесін пайдалана отырып, тікелей жүргізу жолымен сауда-саттықтарды ұйымдық және техникалық қамтамасыз етуді жүзеге асыратын акционерлік қоғамның ұйымдық-құқықтық нысанында құрылған заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауар биржасының қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-биржа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 20 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі және (немесе) қосалқы қызмет түрі бар (ЭҚЖЖ-ның 68.20.3-кодына сәйкес) сауда базарларының меншік иелері (иесі) болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық пен оқшауланған бөлімшелері және дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауда базарлары туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12-сауда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 45.11, 45.3, 46.21, 46.3, 46.4, 46.5, 46.6, 47.19, 47.4, 47.5, 47.6, 47.7, 49.1, 49.2, 49.3, 49.4, 51.1, 52.2, 53.1, 53.2, 55.1, 55.2, 55.9, 56.1, 56.21, 62.01, 62.09, 63.11, 63.12, 63.9, 64.99.9, 65.1, 65.2, 66.11, 66.19, 66.2, 73.12, 73.2, 77.1, 79.1, 79.9, 85.31, 85.5, 86.10.3, 92.0, 93.13, 94.12 кодтарына сәйкес экономикалық қызметтің негізгі түрі бар Интернет-ресурс арқылы тауарлар мен қызметтерді өткізуді жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері саны 100 адамға дейінгілер – іріктемелі әдіспен; саны 100 адамнан асатын – жаппай әдіспен; ЭҚЖЖ 47.91.0 санына қарамастан – жаппай әдіспен, сондай-ақ электрондық коммерция платформаларды (маркетплейс) ұстаушылар мен электронды коммерцияны жүзеге асыратын дара кәсіпкерлер тізім бойынша ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық коммерция туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Э-коммерция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 ақпанға (қоса алғанда) дейін  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтарына сәйкес экономикалық қызметінің негізгі түрлері: 45-автомобильдер мен мотоциклдердің көтерме және бөлшек саудасы және оларды жөндеу; 46-автомобильдер мен мотоциклдер саудасынан басқа, көтерме саудада сату; 47-автомобильдер мен мотоциклдер саудасынан басқа, бөлшек сауда; 56-тамақ өнімдерімен және сусындармен қамтамасыз ету бойынша қызмет көрсету болып табылатын қызметкерлерінің саны 100-ден асатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ іріктемеге түскен, қызметкерлерінің саны 100 адамға дейін заңды тұлғалар, тізім бойынша заңды тұлғалар және дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлар мен көрсетілетін қызметтерді өткізу туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ВТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыртқы және өзара сауда, тауар нарықтары статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еуразиялық экономикалық одаққа мүше мемлекеттермен экспорт және (немесе) импортты жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер, сондай-ақ жеке тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еуразиялық экономикалық одаққа мүше мемлекеттермен өзара тауарлар саудасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ТС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 20-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 49-51 кодына сәйкес экономикалық қызметтің негізгі және қайталама түрі бар, коммерциялық негізде жүктерді және жолаушыларды тасымалдауды жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ жүк пен жолаушыларды су көлігімен тасымалдауды және коммерциялық негізде жолаушыларды қалалық рельсті көлігімен тасымалдауды жүзеге асыратын дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік жұмысы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-көлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі және қосалқы қызмет түрі – жүктерді қоймалау және қосалқы көлік қызметі (ЭҚЖЖ-ның 52-кодына сәйкес) болып табылатын, қызметкерлерінің санына қарамастан, заңды тұлғалар және (немесе) олардың құрылымдық бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосалқы көлік қызметі кәсіпорындары көрсететін қызметтер туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТР (қосалқы қызмет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 49-51 кодына сәйкес экономикалық қызметтің негізгі және қайталама түрі бар, коммерциялық негізде жүктерді және жолаушыларды тасымалдауды жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері және негізгі экономикалық қызмет түрі ЭҚЖЖ 52.23.2 болып табылатын заңды тұлғалар, сондай-ақ жүк пен жолаушыларды су көлігімен тасымалдауды және коммерциялық негізде жолаушыларды қалалық рельсті көлігімен тасымалдауды жүзеге асыратын дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көліктің қатынас түрлері бойынша жұмысы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-көлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызмет статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық қызметінің негізгі түрі ЭҚЖЖ-ның 58-60, 62, 63, 64.20.0, 68-75, 77, 78, 80-82, 90-93, 95, 96 кодтарына жататын заңды тұлғалар және (немесе) қызметкерлерінің саны 100-ден жоғары олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ іріктемеге түскен қызметкерлерінің саны 100 адамға дейін заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілген қызметтердің көлемі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 58-60, 62, 63, 64.20.0, 68-75, 77, 78, 80-82, 90-93, 95, 96 кодтарына сәйкес қызмет көрсету саласында негізгі қызмет түрі бар заңды тұлғалар және (немесе) қызметкерлерінің саны 100-ден жоғары олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ іріктемеге түскен қызметкерлерінің саны 100 адамға дейін заңды тұлғалар және дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілген қызметтер көлемі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 30 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлердің санына қарамастан ЭҚЖЖ-ның 58.2; 62; 63.1 кодтарына сәйкес IT қызмет көрсету саласында негізгі және қайталама қызмет түрі бар заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сондай-ақ іріктемеге түскен дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілген IT қызметтердің көлемі туралы есеп  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-қызмет көрсету (IT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 30 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлердің санына қарамастан ЭҚЖЖ бойынша 64.91.1, 64.91.2, 77.11.2, 77.12.2, 77.31.2, 77.32.2, 77.33.2, 77.33.9, 77.34.2, 77.35.2, 77.39.2, 77.40.0 кодтарына сәйкес лизинг саласындағы негізгі қызмет түрімен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лизингтік қызмет туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-лизинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 30 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтарына сәйкес негізгі немесе қосалқы қызмет түрлері – 90.01.1, 93.29.3, 90.01.2, 90.01.3, 91.01.2, 91.02.0, 91.04.1, 93.21.0, 93.29.9 болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет мекемелерінің қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-мәдениет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 30 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтарына сәйкес негізгі немесе қосалқы қызмет түрлері-59.11.0 "Кино-, бейнефильмдер және телевизиялық бағдарламаларды шығару бойынша қызмет", 59.13.0 "Кино-, бейнефильмдер және телевизиялық бағдарламалар тарату бойынша қызмет" және 59.14.0 "Кинофильмдер көрсету бойынша қызмет" болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер ұсынады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кинематографиялық ұйымның қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-кино</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 23 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туризм статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның – "Уақытша тұру бойынша қызмет көрсету" 55-кодына сәйкес негізгі және қосалқы экономикалық қызмет түрлерінен тұратын орынды ұйымдастыру бойынша қызметтер көрсетуді жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсiпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орналастыру орындарының қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байқауға іріктемеге түскен үй шаруашылықтары қатысады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылықтарының сапарларға жұмсаған шығыстары туралы зерттеу сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстаннан шығу сәтінде әуежайларда, теміржол вокзалдарында, автостанцияларда және автомобильді өткізу бекеттерінде келушілер (резидент еместерден) сұралады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келушілерді зерттеу сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына екі рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 қаңтарға (қоса алғанда) және 30 шілдеге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылым және инновациялар статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі қызмет түрі ЭҚЖЖ-ның 01-03, 05-09, 10-33, 35, 36-39, 41-43, 45-47, 49-53, 58-63, 64-66, 71-74, 85.4, 86 кодтарына сәйкес саны 100 адамнан асатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері – жаппай әдіспен, саны 100 адамға дейінгілер – іріктемелі әдіспен және инновациялық қызметті жүзеге асыратын, экономикалық қызмет түріне қатыссыз ұйымдар тізім бойынша ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық қызмет туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-инновация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 72, 85.4-кодтарына сәйкес экономикалық қызметтің негізгі және қосалқы түрі бар заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері және тізім бойынша экономикалық қызмет түрлеріне қарамастан ғылыми-зерттеу және тәжірибелік конструкторлық жұмыстарды жүзеге асыратын ұйымдар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ғылым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық-коммуникациялық технологиялар және байланыс статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің санына қарамастан ЭҚЖЖ-ның 53 – пошталық және курьерлік қызметтер, 61 – телекоммуникациялар кодтарына сәйкес негізгі және қосалқы экономикалық қызмет түрлеріне ие заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сонымен қатар тізім бойынша дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пошта және курьерлік қызмет және байланыс қызметтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-байланыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 2-сі күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі экономикалық қызмет түрлері ЭҚЖЖ жіктеуішіне сәйкес 01-03, 05-09, 10-33, 35, 36-39, 41-43, 45-47, 49-53, 55-56, 58-63, 64.19, 64.92, 65, 68-74, 77-82, 86, 93, 95.1 кодтарымен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері саны 100 адамнан асатындар – жаппай әдіспен, саны 100 адамға дейінгілер іріктемелі әдіспен ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорындарда ақпараттық–коммуникациялық технологияларды пайдалану туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байқауға іріктемеге түскен үй шаруашылықтары қатысады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылығының ақпараттық-коммуникациялық технологияларды пайдалануы жөніндегі зерттеу сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н-020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің санына қарамастан, ЭҚЖЖ-ның 53 – пошта және курьерлік қызмет кодына сәйкес негізгі және қосалқы экономикалық қызмет түрлеріне ие заңды тұлғалар және (немесе) олардың құрылымдық бөлімшелері, сондай-ақ тізім бойынша дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пошта және курьерлік қызметтің қызмет көрсетулері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-байланыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 61 – телекоммуникациялар кодына сәйкес негізгі немесе қосалқы экономикалық қызмет түрлеріне ие заңды тұлғалар және (немесе) олардың құрылымдық немесе оқшауланған бөлімшелері, сондай-ақ тізім бойынша дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыс қызметтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-байланыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 31 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек және жұмыспен қамту статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлердің саны 100 адамнан асатын, сондай-ақ "Шағын кәсіпорын қызметі туралы" (индексі 2-МП, кезеңділігі тоқсандық) статистикалық нысан бойынша есеп беретіндерден басқа, саны 100 адамға дейін экономикалық қызметтің барлық түрлерінің заңды тұлғалары мен (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек бойынша есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 10-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 12-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлердің саны 100 адамнан асатын, сондай-ақ "Шағын кәсіпорын қызметі туралы" (индексі 2-МП, кезеңділігі жылдық) статистикалық нысан бойынша есеп беретіндерден басқа, саны 100 адамға дейін экономикалық қызметтің барлық түрлерінің заңды тұлғалары мен (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек бойынша есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 12 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлер саны 250 адамнан асатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, сонымен қатар "Шағын кәсіпорынның қызметі туралы" (индексі 2-МП, кезеңділігі жылдық) статистикалық нысаны бойынша есеп бергендерден басқа, қызметкерлерінің саны 250 адамға дейінгі іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалақы құрылымы және оны бөлу туралы есеп  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-Т (еңбекақы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 31 мамырына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Шағын кәсіпорын қызметі туралы" (индексі 2-МП, кезеңділігі жылдық) статистикалық нысаны бойынша есеп беретіндерді қоспағанда, ауыл, орман және балық шаруашылығы, өнеркәсіп, құрылыс, көлік және қоймалау, тұру және тамақтану бойынша қызмет көрсету, ақпарат және байланыс, кәсіби, ғылыми және техникалық қызмет, денсаулық сақтау және халыққа әлеуметтік қызмет көрсету саласындағы негізгі қызмет түрлері бар барлық заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зиянды және басқа да қолайсыз еңбек жағдайларында жұмыс істейтін жұмыскерлер саны туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Т (Еңбек жағдайы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 31 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылығының 15 жастағы және одан үлкен мүшелері сұралады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықтың жұмыспен қамтылуын іріктемелі зерттеу сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т-001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 қаңтар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 ақпан,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 наурыз,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 сәуір,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 мамыр,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 маусым,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 шілде,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 тамыз,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 қыркүйек,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 қазан,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 қараша,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 қаңтар, 16 ақпан, 16 наурыз, 20 сәуір, 18 мамыр, 15 маусым, 20 шілде, 17 тамыз,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 қыркүйек, 19 қазан, 16 қараша, 21 желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 қаңтар, 15 ақпан, 15 наурыз, 19 сәуір, 17 мамыр, 21 маусым, 19 шілде, 16 тамыз, 20 қыркүйек, 18 қазан, 15 қараша, 20 желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылығының 15 жастағы және үлкен мүшелері сұралады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лайықты еңбек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т-004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына үш рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 шілде,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 тамыз,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 шілде, 17 тамыз, 21 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 шілде, 16 тамыз, 20 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баға статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтарына сәйкес негізгі және (немесе) қосалқы қызмет түрлері 05-39, 46, 70 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірілген өнеркәсіп өнімдер (тауарлар, көрсетілетін қызметтер) бағасы және өндірістік-техникалық мақсаттағы өнімдерді сатып алу бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 17-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың, өнімдердің экспортын және (немесе) импортын жүзеге асыратын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың, өнімдердің экспорттық жеткізілімдер мен импорттық түсімдер бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (экспорт, импорт)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі немесе қосалқы қызмет түрлері 02 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңделмеген сүрек және cоған байланысты көрсетілетін қызметтердің бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП (орман)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің соңғы айының 23-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ кодтарына сәйкес қызметінің негізгі немесе қосалқы түрлері: 45, 46 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларды, өнімдерді көтерме саудада сату (жеткізілім) бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (көтерме)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 22-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес қызметінің негізгі немесе қосалқы түрі 68.20 – Жеке меншік немесе жалданатын жылжымайтын мүлікті жалға беру және басқару болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, жеке кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммерциялық жылжымайтын мүлікті жалға беру бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (жалға беру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 3-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 61 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаларға арналған байланыс қызметтерінің тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (байланыс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 21-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 53.1-кодына сәйкес негізгі қызмет түрімен іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаларға арналған пошта қызметтерінің тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (пошта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 21-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 53.2-кодына сәйкес негізгі қызмет түрімен іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаларға арналған курьерлік қызметтердің тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (курьер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 21-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның 53-кодына сәйкес негізгі қызмет түрімен іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаларға арналған пошта және курьерлік қызметтердің тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (пошта, курьер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 21-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 51 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әуе көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (әуе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 49.20 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теміржол көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (теміржол)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 17-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 49.41 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (автомобиль)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 16-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 49.50 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құбыр көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (құбыр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 17-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 50.40 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі су көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (ішкі су)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі қызмет түрі ЭҚЖЖ-ның 50.2-кодына сәйкес іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері тапсырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теңіз көлігі кәсіпорындарының жүк тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (теңіз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі қызмет түрі 49.41, 49.20, 49.50, 50.20, 50.40, 51 болып табылатын, іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көліктің барлық түрлерімен жүктерді тасымалдау тарифтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-тариф (жүктер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 17-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес қызметінің негізгі немесе қосалқы түрі 41-43 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алынған құрылыс материалдарының, бөлшектер мен конструкциялардың бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦСМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 20-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негiзгi немесе қосалқы қызмет түрлері 01-"Өсімдік және мал шаруашылығы, аңшылық және осы салаларда қызметтер ұсыну" болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, шаруа немесе фермер қожалықтары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірушілердің ауыл шаруашылығы өніміне және сатып алынған көрсетілетін қызметтерге бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦСХ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 16-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодына сәйкес негізгі немесе косалқы қызмет түрі: 03 Балық аулау және балық өсіру болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, дара кәсіпкерлер, сондай-ақ жануарлар дүниесін пайдалануға және балық шаруашылығын жүргізуге рұқсаты бар болған кезде жеке тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балық аулау және балық өсіру өнімінің бағасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ЦП (балық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің соңғы айының 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның кодтарына сәйкес қызметінің негізгі немесе қосалқы түрлері: 52, 62, 63, 69-71, 73, 74, 77, 80-82 болып табылатын іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өндірушілердің көрсетілетін қызметтерге бағалары туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Ц (көрсетілетін қызметтер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 5-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылымдық статистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істейтіндердің тізімдік саны 100 адамнан асатын, кәсіпкерлік қызметті жүзеге асыратын заңды тұлғалар мен шетелдік заңды тұлғалардың филиалдары тапсырады. Статистикалық нысанды білім беру, денсаулық сақтау ұйымдары, банктер, сақтандыру ұйымдары, бірыңғай жинақтаушы зейнетақы қоры, қоғамдық қорлар, қоғамдық бірлестіктер тапсырмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорынның қаржы-шаруашылық қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 5 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істейтіндердің тізімдік саны 100 адамнан асатын, кәсіпкерлік қызметті жүзеге асыратын заңды тұлғалар мен шетелдік заңды тұлғалардың филиалдары тапсырады. Статистикалық нысанды білім беру, денсаулық сақтау ұйымдары, банктер, сақтандыру ұйымдары, бірыңғай жинақтаушы зейнетақы қоры, қоғамдық қорлар, қоғамдық бірлестіктер тапсырмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорынның қаржы-шаруашылық қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің тізімдік саны 100 адамнан аспайтын, кәсіпкерлік қызметті жүзеге асыратын заңды тұлғалар және (немесе) шетелдік заңды тұлғалардың филиалдары ұсынады. Статистикалық нысанды білім беру, денсаулық сақтау ұйымдары, банктер, сақтандыру ұйымдары, бірыңғай жинақтаушы зейнетақы қоры, қоғамдық бірлестіктер, қоғамдық қорлар ұсынбайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шағын кәсіпорынның қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-МП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 31 наурызға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің тізімдік саны 100 адамнан аспайтын, кәсіпкерлік қызметті жүзеге асыратын заңды тұлғалар және (немесе) шетелдік заңды тұлғалардың филиалдары ұсынады. Статистикалық нысанды білім беру, денсаулық сақтау ұйымдары, банктер, сақтандыру ұйымдары, бірыңғай жинақтаушы зейнетақы қоры, қоғамдық бірлестіктер, қоғамдық қорлар ұсынбайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шағын кәсіпорынның қызметі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-МП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлерінің тізімдік саны 100 адамнан көп кәсіпкерлік қызметпен айналысатын заңды тұлғалар және (немесе) олардың филиалдары мен өкілдіктері қызметкерлердің санына қарамастан ұсынады. Бұдан басқа, мемлекеттік (бюджеттік) мекемелер, денсаулық сақтау және білім беру ұйымдары, банктер, сақтандыру компаниялары, құқық саласындағы қызметті жүзеге асыратын кәсіпорындар, бірыңғай жинақтаушы зейнетақы қоры, қоғамдық қорлар, қоғамдық бірлестіктер қызметкерлерінің санына қарамастан ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі қорлар жағдайы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру, денсаулық сақтау және әлеуметтік қамсыздандыру статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік нысанына және ведомстволық қатыстылығына қарамастан жоғары білім беру және жоғары оқу орнынан кейінгі білім беру саласында білім беру бағдарламаларын жүзеге асыратын, заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарының есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОВПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 10 қазанына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік нысанына және ведомстволық тиістілігіне қарамастан техникалық және кәсіптік, орта білімнен кейінгі білім беру саласында мамандарды даярлауды жүзеге асыратын, заңды тұлғалар және (немесе) олардың филиалдары мен өкілдіктері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техникалық және кәсіптік, орта білімнен кейінгі білім беру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-НК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 10 қазанына (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік нысаны мен қызметкерлер санына қарамастан, ЭҚЖЖ-ның – 85, 86, 87, 88 кодына сәйкес қызметінің негізгі түрі "Білім беру" және "Денсаулық сақтау және халыққа әлеуметтік қызмет көрсету" болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру, денсаулық сақтау және халыққа әлеуметтік қызмет көрсету ұйымдарының қаржы-шаруашылық қызметінің негізгі көрсеткіштері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік қаржы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 сәуірге (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭҚЖЖ-ның – 85, 86, 87, 88 кодына сәйкес қызметінің негізгі түрі "Білім беру" және "Денсаулық сақтау және халыққа әлеуметтік қызмет көрсету" болып табылатын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері, жеке кәсіпкерлер ұсынады. Жеке кәсіпкерлер бір жыл ішінде көрсеткен қызметтердің көлемін тек төртінші тоқсанда толтырылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру, денсаулық сақтау және халыққа әлеуметтік қызмет көрсету салаларының ұйымдары мен жеке кәсіпкерлері көрсеткен қызметтер көлемі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнамада белгіленген тәртіпке сәйкес атына жазатайым оқиға тіркелген заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбек қызметімен байланысты жарақаттану және кәсіптік аурулар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-ТПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 25 ақпанға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік нысанына және ведомстволық тиістілігіне қарамастан, халықты әлеуметтік қорғау саласында арнаулы әлеуметтік қызмет көрсетуге (ЭҚЖЖ-ның 87, 88-кодтары) бағытталған қызметті жүзеге асыратын заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның арнаулы әлеуметтік көрсетілетін қызметтерді ұсыну жөніндегі есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-әлеуметтік қамсыздандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 20 қаңтарға (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құқық бұзушылықтар статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауал салуға 15-80 жастағы үй шаруашылығының мүшелері қатысады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықтың құқық қорғау органдарына және сот жүйесіне сенімділік деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+УДН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына екі рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 мамыр (қоса алғанда) және 15 қараша (қоса алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрмыс деңгейі статистикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауал салуға 15 және одан жоғары жастағы үй шаруашылығының бір мүшесі қатысады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықтың тұрмыс сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылына бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күнделікті шығыстарды есепке алу күнделігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 10-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылықтарының тоқсан сайынғы табыстары мен шығыстарын есепке алу журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 20-күніне (қосаалғанда) дейін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үй шаруашылығының карточкасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D 008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық (тоқсан сайынғы нақтылаумен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнің 1 ақпанына (қоса алғанда) дейін (есепті кезеңнен кейінгі 20-күніне (қоса алғанда) дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік органдар жүргізетін ведомстволық статистикалық байқаулар</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тобы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистикалық нысанның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статистикалық нысан индексі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттердің бастапқы статистикалық деректерді ұсыну кезеңділігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттердің бастапқы статистикалық деректерді ұсыну мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Жер ресурстарын басқару комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қалалардың) Жер қатынастары және ауыл шаруашылық бөлімдері, Қазақстан Республикасы облыстарының (республикалық маңызы бар қалалардың, астананың) Жер қатынастары және ауыл шаруашылық басқармалары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердiң болуы, оларды санаттар, жер учаскелерiнiң меншiк иелерi, жердi пайдаланушылар мен алқаптар бойынша бөлiнуi туралы ____ жылғы 1 қарашадағы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті жылдың 20 қарашасынан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қалалардың) Жер қатынастары және ауыл шаруашылық бөлімдері, Қазақстан Республикасы облыстарының (республикалық маңызы бар қалалардың, астананың) Жер қатынастары және ауыл шаруашылық басқармалары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суармалы жердiң болуы және оларды санаттар, жер учаскелерiнiң меншiк иелерi, жердi пайдаланушылар мен алқаптар бойынша бөлiнуi туралы ____ жылғы 1 қарашадағы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22-А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті жылдың 20 қарашасынан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мансап орталықтары, еңбек мобильділігі орталықтары, облыстардың, республикалық маңызы бар қалалардың, астананың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары және "Еңбек ресурстарын дамыту орталығы" АҚ ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202__ жылғы ______ (ай) еңбек делдалдығы үшін өтініш берген азаматтардың саны туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-Е (жұмысқа орналастыру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мансап орталықтары есепті айдан кейінгі айдың 2-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+еңбек мобильділігі орталықтары есепті айдан кейінгі айдың 4-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+облыстардың, республикалық маңызы бар қалалардың және астананың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары есепті айдан кейінгі айдың 6-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ЕРДО" АҚ Еңбекминіне – есепті айдан кейінгі айдың 8-күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғалар және олардың филиалдары мен өкілдіктерінің өздері орналасқан орындары бойынша; аудандардың, қалалардың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары; облыстардың, республикалық маңызы бар қалалардың, астананың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары және "Еңбек ресурстарын дамыту орталығы" АҚ (бұдан әрі – "ЕРДО" АҚ) ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасырын жұмыссыздық жөніндегі мәлімет (қысқартылған және жұмыспен ішінара қамтылған қызметкерлер, жалақы бойынша берешек туралы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ЕН (жасырын жұмыссыздық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+заңды тұлғалар және олардың филиалдары мен өкілдіктерінің өздері орналасқан орындары бойынша есепті айдан кейін 3-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудандардың, қалалардың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары есепті айдан кейінгі айдың 5-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+облыстардың, республикалық маңызы бар қалалардың, астананың халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары есепті айдан кейінгі айдың 7-күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"ЕРДО" АҚ Еңбекминіне есепті айдан кейінгі айдың 10-күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭКЖЖ-ның 02, 08, 16, 19, 20, 22-28, 31, 35, 46-кодтарына сәйкес қызметінің негізгі және қосалқы түрлерімен іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және (немесе) оқшауланған бөлімшелері, дара кәсіпкерлер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрылыс материалдары, бұйымдары, конструкциялар мен инженерлiк жабдықтарына босатылым бағалары туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-СМИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 10-күніне дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЭКЖЖ-ның 41-43-кодтарына сәйкес қызметінің негізгі және (немесе) қосалқы түрлерімен іріктемеге түскен заңды тұлғалар және (немесе) олардың құрылымдық және оқшауланған бөлімшелері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алынған құрылыс материалдары, бұйымдары, конструкциялар мен инженерлік жабдықтарының нақты құны туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-СМИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 10-күніне дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қаржы министрлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екінші деңгейдегі банктер, банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар, инфрақұрылымдық облигация ұстаушылар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметтік және мемлекет кепілдік берген қарыздарды, мемлекет кепілгерлігімен берілетін қарыздарды игеру және өтеу туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ОПЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+айлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті айдан кейінгі айдың 5-күніне дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Туризм және спорт министрлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының дене шынықтыру және спорт саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшелері, республикалық, облыстық және қалалық жоғары спорт шеберлігі мектептері және республикалық олимпиадалық даярлау орталықтары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасында дене шынықтыру мен спортты дамыту туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ФК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі айдың 15-күніне (қоса алғанда) дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Ұлттық Банкі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тізіміне енгізілген заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттерге қойылатын қаржылық талаптар және олардың алдындағы міндеттемелер туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі екінші айдың 10-күнінен кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тасымалдау және көлік-экспедициялық қызметтерін авиациялық, теңіз (өзен), автомобиль, құбыр арқылы жүргізу және электроэнергияны тасымалдау кәсіпорындары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттерден алынған (бейрезиденттерге ұсынылған) көлік қызметтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан Темір Жолы" Ұлттық компаниясы" акционерлік қоғамы, "Жолаушылар тасымалы" акционерлік қоғамы, темір жол көлігінің кәсіпорындары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттерден алынған (бейрезиденттерге ұсынылған) теміржол көлігі қызметтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темір жолдан басқа бейрезидент көлік кәсіпорындарының өкілдері ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезидент көлік кәсіпорындарының атынан жүзеге асырылған операциялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосалқы және қосымша көлік қызметімен айналысатын кәсіпорындар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезидент көлік кәсіпорындарына ұсынылған қызметтер туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының мемлекеттік басқару органдары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқару секторының халықаралық операциялары, сыртқы активтері және міндеттемелері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тізіміне енгізілген заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тасымалдауға ілеспе көлік қызметтері және басқа да халықаралық операциялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-ы күнінен кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-ы күнінен кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктер, Қазақстан Республикасында бейрезидент банктердің филиалдары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттерге қойылатын қаржылық талаптардың және олардың алдындағы міндеттемелердің жай-күйі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 20-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тізіміне қосылған ұйымдар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттермен халықаралық операциялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жалпы сақтандыру" саласы бойынша лицензия негізінде өз қызметін жүзеге асыратын сақтандыру ұйымдары, бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жалпы сақтандыру" саласы бойынша бейрезиденттерді сақтандыру (қайта сақтандыру) және бейрезидентттердің тәуекелдерін қайта сақтандыру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-ТБ-ЖС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 20-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Қаржы министрлігі Қазақстан Республикасының Ұлттық Банкіне тапсырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік, мемлекет кепілдік берген сыртқы қарыздар және Қазақстан Республикасының кепілдемесімен тартылған қарыздар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 30-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Банктер, Қазақстан Республикасында бейрезидент банктердің филиалдары; брокерлер және (немесе) дилерлер; инвестициялық портфельді басқаратын ұйымдар; бағалы қағаздардың номиналды ұстаушылары және тіркеушілері; зейнетақы активтерiн инвестициялық басқаруды жүзеге асыратын ұйымдар; бірыңғай жинақтаушы зейнетақы қоры, ерікті жинақтаушы зейнетақы қорларымен ұсынылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттермен бағалы қағаздар бойынша халықаралық операциялар туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 20-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"БТА Банк" акционерлік қоғамы ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейрезиденттерге берілген кредиттер туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі бірінші айдың 25-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Респонденттер тізіміне енгізілген заңды тұлғалар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теміржол, құбыр көлігі және электр энергиясын беру қызметтері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18-ТБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-ы күнінен кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 30-ы күнінен кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Ұлттық Банкі аумақтық филиалының сұратуы бойынша заңды тұлғалар ұсынады. Статистикалық нысанды мемлекеттік басқару органдары және банктер ұсынбайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпорындарды төлем балансы бойынша тексеру сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТБЗ-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Ұлттық Банкі аумақтық филиалының сұратуы бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сауалнамада көрсетілген күнге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Өмірді сақтандыру" саласы бойынша лицензия негізінде өз қызметін жүзеге асыратын сақтандыру ұйымдары, бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Өмірді сақтандыру" саласы бойынша бейрезиденттерді сақтандыру (қайта сақтандыру) және бейрезиденттердің тәуекелдерін қайта сақтандыру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-ТБ-ӨС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі бірінші айдың 20-нан кешіктірмей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман өрттері туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт (орман)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+онкүндік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік орман иеленушілер – айдың 9, 19, 29 күндері, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – айдың 10, 20, 30 күндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағаш кесу, орманға күтім жасау шаралары, сүрек босату, шырын ағызу және жанама орман пайдалану жөніндегі есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (жылдық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік орман иеленушілер – есепті кезеңнен кейінгі 10 қаңтарға дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 25 ақпанға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеспеағаштардағы сүрек қалдықтары және ағаш кесілген жерлерді тазарту туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартыжылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік орман иеленушілер – есепті кезеңнен кейінгі 10 қаңтарға, 1 шілдеге дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 25 ақпанға, 10 шілдеге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман заңнамасының бұзушылықтары туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-орманша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік орман иеленушілер – есепті кезеңнен кейінгі айдың 25-күніне дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі айдың 1-күніне дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы мемлекеттік мекемелері, мемлекеттік табиғи қорықтар, мемлекеттік ұлттық табиғи парктер, мемлекеттік орман табиғи резерваттары, облыстық орман шаруашылығының аумақтық инспекциялары, "Қазақ орман орналастыру кәсіпорыны" Республикалық мемлекеттік қазыналық кәсіпорыны ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман дақылдарымен жұмыс туралы және орманды қалпына келтіру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орман шаруашылығы мемлекеттік мекемелері, мемлекеттік табиғи қорықтар, мемлекеттік ұлттық табиғи парктер, мемлекеттік орман табиғи резерваттары – есепті кезеңнен кейінгі 10 қарашаға дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 20 қарашаға дейін, "Қазақ орман орналастыру кәсіпорыны" Республикалық мемлекеттік қазыналық кәсіпорын – есепті кезеңнен кейінгі 15 қаңтарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеспеағаш қорын әзірлеу және беру, оның тұқымдық құрамы мен тауарлық құрылымы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік орман иеленушілер – есепті кезеңнен кейінгі 10 қаңтарға дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 25 ақпанға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аймақтық орман тұқымы станциялары, Республикалық орман селекциялық тұқым өсіру орталығы, облыстар әкімдіктерінің орман бөлімдері басқармалары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағаштар мен бұталар тұқымдарының себу сапасы туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аймақтық орман тұқымы станциялары – есепті кезеңнен кейінгі 10 қаңтарға дейін; Республикалық орман селекциялық тұқым өсіру орталығы – есепті кезеңнен кейінгі 20 қаңтарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы мекемелері, мемлекеттік табиғи қорықтар, мемлекеттік ұлттық табиғи парктер, мемлекеттік орман табиғи резерваттары, орман шаруашылығының облыстық аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман ресурстарын босату және орман табысының түсуі туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЛД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тоқсандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есептік кезеңнен кейінгі айдың 10-шы күніне дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарауында 1 гектардан астам орман көмкерген жерлер бар жеке және мемлекеттік орман иеленушілер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман қорының мемлекеттік есепке алынуы және орман қорын мемлекеттік орман қорының санаттары мен жерлер бойынша бөлу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жекеменшік және мемлекеттік орман иеленушілер – есепті кезеңнен кейінгі 20 қаңтарға дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 1 ақпанға дейін, "Қазақ орман орналастыру кәсіпорны" Республикалық мемлекеттік қазыналық кәсіпорын – есепті кезеңнен кейінгі 20 наурызға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарауында 1 гектардан астам орман көмкерген жерлер бар жеке және мемлекеттік орман иеленушілер ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман көмкерген жерлердің алқаптары мен қорларын басым тұқымдар мен жас топтары бойынша бөлу туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 жылда бір рет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке және мемлекеттік орман иеленушілері – есепті кезеңнен кейінгі 20 қаңтарға дейін, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары – есепті кезеңнен кейінгі 1 ақпанға дейін, "Қазақ орман орналастыру кәсіпорыны" Республикалық мемлекеттік қазыналық кәсіпорыны – есепті кезеңнен кейінгі 20 наурызға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы бойынша өндірістік жоспарды орындау туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 ЛХ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартыжылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға және 10 шілдеге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушілер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман қорғау туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартыжылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға дейін және 10 шілдеге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы мемлекеттік мекемелері, мемлекеттік ұлттық табиғи парктер, мемлекеттік орман табиғи резерваттары, "Сандықтау оқу-өндірістік орман шаруашылығы" республикалық мемлекеттік мекемесі, "Жасыл Аймақ" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны, "Республикалық орман селекциялық орталығы" республикалық мемлекеттік қазыналық кәсіпорны, облыстық орман шаруашылығы және жануарлар дүниесінің аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман тұқымдарын дайындау туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 ОШ (орман шаруашылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік табиғи қорықтар, мемлекеттік ұлттық табиғи парктер, мемлекеттік табиғи резерваттар, мемлекеттік өңірлік табиғи парктер, облыстық орман шаруашылығы және жануарлар дүниесі аумақтық инспекциялары ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше қорғалатын табиғи аумақтарды есепке алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1-ООПТ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+есепті кезеңнен кейінгі 1 ақпанға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Су ресурстары және ирригация министрлігінің Су шаруашылығы комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суды ауыл шаруашылығы қажеттіліктері үшін, өндірістік, коммуналдық-тұрмыстық қажеттіліктер мен гидроэнергетикада пайдаланатын су пайдаланушылар ұсынады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су алу, пайдалану және суды бұру туралы есеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-ТП (сушар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жылдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыл шаруашылығы қажеттіліктері үшін суды пайдаланатын су пайдаланушылар есепті кезеңнің 1 желтоқсанынан кешіктірмей, өндірістік, коммуналдық-тұрмыстық қажеттіліктер мен гидроэнергетикада суды пайдаланатын су пайдаланушылар есепті кезеңнен кейінгі 10 қаңтардан кешіктірмей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>
+      Ескертпе: Х – осы кезеңде байқау өткізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:t>Қосымша жаңа редакцияда көзделген</w:t>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 29.08.2025 </w:t>
+        <w:t>
+</w:t>
       </w:r>
-      <w:r>
-[...36837 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -37724,55 +39326,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>