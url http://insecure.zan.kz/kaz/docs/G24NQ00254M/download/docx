--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c5f6e2" w14:textId="6c5f6e2">
+    <w:p w14:paraId="1eecbb5" w14:textId="1eecbb5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,67 +236,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 55 469,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 48 759,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша – 23 071,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -332,71 +332,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер бойынша – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 32 398,0 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 25 688,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 66029,8 мың теңге;</w:t>
+      2) шығындар – 59 319,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -515,61 +515,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 14.02.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 283</w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1028,106 +1028,9587 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарыкөл ауданы Тимирязев ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 14.02.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Сарыкөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 283</w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 759,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 071,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 626,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 626,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 289,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+163,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 949,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 157,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік баскарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 688,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 319,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 436,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 015,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 426,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендердегі абаттандыру жене көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 589,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 868,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) мақсатты трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза бюджеттіқ кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 560,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәслихаттың</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы " 30" желтоқсандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 254 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сарыкөл ауданы Тимирязев ауылының 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -1636,51 +11117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 469,0</w:t>
+37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2495,51 +11976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлікке салынатын салықтар</w:t>
+Мүліққе салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3211,51 +12692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+Тауарларға,жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3390,51 +12871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3605,51 +13086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 398,0</w:t>
+14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3784,51 +13265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 398,0</w:t>
+14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3963,51 +13444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 398,0</w:t>
+14 388,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4642,51 +14123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 029,8</w:t>
+37 459,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4722,51 +14203,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4775,128 +14289,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
-[...35 lines deleted...]
-29 436,0</w:t>
+29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4932,51 +14414,84 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4985,128 +14500,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...35 lines deleted...]
-29 436,0</w:t>
+29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5138,87 +14621,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5272,51 +14756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 436,0</w:t>
+29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5348,83 +14832,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5482,51 +14967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 436,0</w:t>
+29 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5562,51 +15047,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5615,128 +15133,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-31 725,0</w:t>
+              <w:t>
+3 255,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5772,51 +15258,84 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5825,128 +15344,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...35 lines deleted...]
-31 725,0</w:t>
+3 255,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5978,185 +15465,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-31 725,0</w:t>
+3 255,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6188,185 +15676,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-20 136,0</w:t>
+ 2 226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6398,185 +15887,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі абаттандыру жене көгалдандыру</w:t>
-[...35 lines deleted...]
-11 589,0</w:t>
+1029,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6612,51 +16102,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6665,128 +16188,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
-[...35 lines deleted...]
-4 868,0</w:t>
+4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6822,51 +16313,84 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6875,128 +16399,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автомобиль көлiгi</w:t>
-[...35 lines deleted...]
-4 868,0</w:t>
+4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7028,185 +16520,186 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-4 868,0</w:t>
+4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7238,1355 +16731,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...1303 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8596,1098 +16785,132 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...54 lines deleted...]
-III</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таза бюджеттіқ кредиттеу</w:t>
-[...914 lines deleted...]
-10 560,8</w:t>
+4 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9791,51 +17014,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы " 30" желтоқсандағы</w:t>
+              <w:t>2024 жылғы "30" желтоқсандағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9921,6677 +17144,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
-[...6602 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сарыкөл ауданы Тимирязев ауылының 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>