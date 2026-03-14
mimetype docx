--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4600d5d" w14:textId="4600d5d">
+    <w:p w14:paraId="c157260" w14:textId="c157260">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -314,131 +314,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 300188,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 313588,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 70845,1 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 80845,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 643,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 228700,7 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 232100,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 307009,5 мың теңге;</w:t>
+      2) шығындар – 320409,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
@@ -479,61 +479,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 378</w:t>
+        <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1148,152 +1148,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қамысты ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 378</w:t>
+        <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="18"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1394,284 +1394,415 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Сыныбы </w:t>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+І. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313588,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1726,161 +1857,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-І. Кірістер</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300188,8</w:t>
+80845,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1903,87 +2034,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70845,1</w:t>
+57577,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2003,164 +2134,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47577,1</w:t>
+57577,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2180,164 +2311,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47577,1</w:t>
+23110,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2357,164 +2488,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22768,0</w:t>
+283,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2575,123 +2706,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-283,0</w:t>
+215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2752,123 +2883,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-559,0</w:t>
+19226,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2929,123 +3060,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
+Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19226,0</w:t>
+3386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3065,164 +3196,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2700,0</w:t>
+158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3242,202 +3373,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500,0</w:t>
+158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3451,206 +3586,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500,0</w:t>
+643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3673,51 +3804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3773,128 +3904,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншіктен түсетін кірістер</w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3918,57 +4049,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3982,206 +4117,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-643,0</w:t>
+232100,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4204,87 +4335,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228700,7</w:t>
+232100,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4304,341 +4435,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228700,7</w:t>
-[...176 lines deleted...]
-228700,7</w:t>
+232100,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4680,52 +4634,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Функционалдық топ </w:t>
+              <w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4791,52 +4745,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Кіші функция </w:t>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -5462,51 +5416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-307009,5</w:t>
+320409,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5671,51 +5625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78982,4</w:t>
+85718,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5880,51 +5834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78982,4</w:t>
+85718,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6089,51 +6043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78982,4</w:t>
+85718,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6298,51 +6252,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78665,2</w:t>
+85401,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6716,51 +6670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-212277,5</w:t>
+221116,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7306,52 +7260,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Елді мекендерді сумен жабдықтауды ұйымдастыру </w:t>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7552,51 +7506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-211127,5</w:t>
+219966,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7761,51 +7715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-211127,5</w:t>
+219966,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7970,51 +7924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42251,0</w:t>
+45651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8388,51 +8342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-501,0</w:t>
+333,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8597,51 +8551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-166268,5</w:t>
+171875,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9642,51 +9596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12127,9</w:t>
+7952,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9851,51 +9805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12127,9</w:t>
+7952,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10060,51 +10014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12127,9</w:t>
+7952,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10269,51 +10223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12127,9</w:t>
+7952,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10478,51 +10432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,7</w:t>
+2021,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10687,51 +10641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,7</w:t>
+2021,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10896,51 +10850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,7</w:t>
+2021,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11106,50 +11060,259 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30511,55 +30674,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>