--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e11af5d" w14:textId="e11af5d">
+    <w:p w14:paraId="8a5b436" w14:textId="8a5b436">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -234,51 +234,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қамысты ауданы Дружба ауылының 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
+      1. Қамысты ауданы Дружба ауылының 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -479,61 +479,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 377</w:t>
+        <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1083,251 +1083,253 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дружба ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Қамысты ауданы мәслихатының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 377</w:t>
+        <w:t>№ 396</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1342,2681 +1344,2618 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+І. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28828,5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-28828,5</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-853,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-20,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-830,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-12,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-140,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-678,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27975,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27975,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27975,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...220 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Функционалдық топ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4026,116 +3965,116 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4145,115 +4084,116 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4296,179 +4236,180 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4478,4178 +4419,4404 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІІ. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28934,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-25570,1</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25862,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлді, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-25570,1</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25862,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-25570,1</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25862,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-24361,1</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24653,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1209,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2483,8</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2191,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді - мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2483,8</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2191,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2483,8</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2191,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-656,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+364,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1827,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда , кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІІ. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -106,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22803,55 +22970,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>