--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73d3643" w14:textId="73d3643">
+    <w:p w14:paraId="649c178" w14:textId="649c178">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 43 847,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 44 819,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 8 006,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 8 426,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 46,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 420,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 35 375,8 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 36 347,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 44 822,8 мың теңге;</w:t>
+      2) шығындар – 45 794,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 329</w:t>
+        <w:t>№ 386</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,61 +981,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Чернигов ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 23.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 329</w:t>
+        <w:t>№ 386</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1928,51 +1928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43847,8</w:t>
+44819,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2140,51 +2140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8006,0</w:t>
+8426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2352,51 +2352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4040,0</w:t>
+4551,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2564,51 +2564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4040,0</w:t>
+4551,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2776,51 +2776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3951,0</w:t>
+3860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3200,51 +3200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-409,0</w:t>
+318,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5149,222 +5149,222 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...170 lines deleted...]
-420,0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5394,189 +5394,189 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...137 lines deleted...]
-350,0</w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5639,1506 +5639,1429 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...104 lines deleted...]
-350,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...200 lines deleted...]
-70,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...202 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...202 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...202 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...202 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45794,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...89 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35716,7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -7158,141 +7081,199 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...89 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35716,7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -7345,781 +7326,800 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35716,7</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...190 lines deleted...]
-6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35716,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...174 lines deleted...]
-44822,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-34655,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8141,197 +8141,197 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...145 lines deleted...]
-34655,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8386,164 +8386,164 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-34655,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5736,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8639,547 +8639,547 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-34655,7</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-8166,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...178 lines deleted...]
-8166,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9201,197 +9201,197 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...145 lines deleted...]
-8166,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9446,1110 +9446,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...1058 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10582,52 +9522,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33613,55 +32553,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>