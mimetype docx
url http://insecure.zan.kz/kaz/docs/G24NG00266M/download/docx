--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c7ee8a" w14:textId="8c7ee8a">
+    <w:p w14:paraId="8b80142" w14:textId="8b80142">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 208 537,1 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 210 767,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 8 602,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 8 702,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 199,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 635,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 535,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 199 101,1 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 201 331,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 209 104,7 мың теңге;</w:t>
+      2) шығындар – 211 334,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 342</w:t>
+        <w:t>№ 381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -546,63 +546,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -620,51 +619,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудандық мәслихаттың төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -981,215 +980,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Қазанбасы ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 342</w:t>
+        <w:t>№ 381</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="844"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="542"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="290"/>
+        <w:gridCol w:w="862"/>
+        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="4423"/>
+        <w:gridCol w:w="2519"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1199,116 +1207,131 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1318,179 +1341,210 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1500,5650 +1554,5990 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-208537,1</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+210767,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-8602,0</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8702,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2597,0</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2697,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2597,0</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2697,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5480,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-635,0</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-635,0</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-535,0</w:t>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201331,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-199101,1</w:t>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201331,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-199101,1</w:t>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201331,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...254 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7153,116 +7547,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7272,142 +7682,166 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7423,179 +7857,210 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7605,5227 +8070,5841 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-209104,7</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211334,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...161 lines deleted...]
-41458,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42343,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41458,5</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42343,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...97 lines deleted...]
-41458,5</w:t>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42343,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41458,5</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42343,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11033,1</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11178,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11033,1</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11778,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...97 lines deleted...]
-11033,1</w:t>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11178,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-9038,1</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9783,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-156601,4</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157201,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-156601,4</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157201,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...97 lines deleted...]
-156601,4</w:t>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157201,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2222,8</w:t>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2822,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154378,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -567,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13126,176 +14205,182 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Қазанбасы ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="370"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="465"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="2271"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13311,111 +14396,125 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13431,176 +14530,204 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13616,259 +14743,287 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13878,236 +15033,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8602,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14123,415 +15306,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2597,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2597,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14547,1051 +15772,1156 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5480,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15607,388 +16937,423 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15998,236 +17363,264 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16243,415 +17636,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16667,415 +18102,457 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17091,388 +18568,423 @@
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17482,236 +18994,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17727,600 +19267,656 @@
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18330,236 +19926,264 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36799,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18575,347 +20199,382 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36799,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18949,51 +20608,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -19009,61 +20668,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19097,94 +20763,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19218,127 +20898,148 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19372,164 +21073,192 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19557,200 +21286,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19802,167 +21559,188 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19977,61 +21755,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20047,134 +21832,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20189,204 +21988,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20401,204 +22221,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20650,167 +22491,188 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20825,61 +22687,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20895,134 +22764,148 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21037,204 +22920,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21249,204 +23153,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21461,204 +23386,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21673,204 +23619,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21922,167 +23889,188 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22097,61 +24085,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22167,134 +24162,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22309,204 +24318,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22521,204 +24551,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22733,200 +24784,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22941,200 +25020,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23149,200 +25256,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23357,200 +25492,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23851,176 +26014,182 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Қазанбасы ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="370"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="465"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="2271"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24036,111 +26205,125 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24156,176 +26339,204 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24341,259 +26552,287 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24603,236 +26842,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8602,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24848,415 +27115,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2597,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2597,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25272,1051 +27581,1156 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5480,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26332,388 +28746,423 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26723,236 +29172,264 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26968,415 +29445,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27392,415 +29911,457 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27816,388 +30377,423 @@
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28207,236 +30803,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28452,600 +31076,656 @@
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29055,236 +31735,264 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36799,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29300,347 +32008,382 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36799,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29674,51 +32417,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29734,61 +32477,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29822,94 +32572,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29943,127 +32707,148 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30097,164 +32882,192 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30282,200 +33095,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30527,167 +33368,188 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30702,61 +33564,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30772,134 +33641,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30914,204 +33797,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31126,204 +34030,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31375,167 +34300,188 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31550,61 +34496,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31620,134 +34573,148 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31762,204 +34729,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31974,204 +34962,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32186,204 +35195,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32398,204 +35428,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32647,167 +35698,188 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32822,61 +35894,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32892,134 +35971,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33034,204 +36127,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33246,204 +36360,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33458,200 +36593,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33666,200 +36829,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33874,200 +37065,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34082,200 +37301,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34337,55 +37584,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>