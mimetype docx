--- v0 (2025-11-10)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90bc1f0" w14:textId="90bc1f0">
+    <w:p w14:paraId="d1ba2f8" w14:textId="d1ba2f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 41 351,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 41 532,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 16 427,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 15 614,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 157,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 1 707,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 495,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 23 060,9 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 25 266,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 45 018,1 мың теңге;</w:t>
+      2) шығындар – 45 199,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 23.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 322</w:t>
+        <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -546,63 +546,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -620,51 +619,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аудандық мәслихаттың төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -981,215 +980,224 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Диев ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 23.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 322</w:t>
+        <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="370"/>
+        <w:gridCol w:w="297"/>
+        <w:gridCol w:w="884"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="2271"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1199,116 +1207,131 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1318,179 +1341,210 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1500,10914 +1554,12124 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41351,9</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41532,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16427,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15614,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3370,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3370,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2907,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-12187,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11837,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-4945,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4595,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1707,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1707,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1707,0</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-23060,9</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-23060,9</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...153 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25266,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...126 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...157 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...211 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-45018,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33539,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45199,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33539,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33539,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-33539,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-10024,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33720,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4658,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1200,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4658,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4166,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1453,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4166,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1453,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1453,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1453,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1453,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--3666,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3666,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12708,176 +13972,182 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Диев ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="370"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="465"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="2271"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12893,111 +14163,125 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13013,176 +14297,204 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13198,259 +14510,287 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13460,236 +14800,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13705,415 +15073,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14129,1051 +15539,1156 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15189,388 +16704,423 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15580,236 +17130,264 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15825,415 +17403,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16249,415 +17869,457 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16673,388 +18335,423 @@
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17064,236 +18761,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17309,388 +19034,423 @@
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17700,236 +19460,264 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17924,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17945,347 +19733,382 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17924,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18319,51 +20142,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -18379,61 +20202,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18467,94 +20297,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18588,127 +20432,148 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18742,164 +20607,192 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18927,200 +20820,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19172,167 +21093,188 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19347,61 +21289,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19417,134 +21366,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19559,204 +21522,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19771,204 +21755,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20020,167 +22025,188 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20195,61 +22221,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20265,134 +22298,148 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20407,204 +22454,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20619,204 +22687,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20831,204 +22920,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21043,204 +23153,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21292,167 +23423,188 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21467,61 +23619,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21537,134 +23696,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21679,204 +23852,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21891,204 +24085,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22103,200 +24318,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22311,200 +24554,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22519,200 +24790,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22727,200 +25026,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23221,176 +25548,182 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Диев ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="572"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="370"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="465"/>
+        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="2271"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23406,111 +25739,125 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23526,176 +25873,204 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23711,259 +26086,287 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...124 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23973,236 +26376,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24218,415 +26649,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24642,1051 +27115,1156 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12187,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25702,388 +28280,423 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 870,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26093,236 +28706,264 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26338,415 +28979,457 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26762,415 +29445,457 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай секторы ұйымдарынан және Жәбірленушілерге өтемақы қорына түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) қамтылатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27186,388 +29911,423 @@
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27577,236 +30337,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27822,388 +30610,423 @@
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28213,236 +31036,264 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17924,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28458,347 +31309,382 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...41 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17924,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...59 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28832,51 +31718,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28892,61 +31778,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28980,94 +31873,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29101,127 +32008,148 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...75 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29255,164 +32183,192 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29440,200 +32396,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29685,167 +32669,188 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29860,61 +32865,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29930,134 +32942,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30072,204 +33098,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30284,204 +33331,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30533,167 +33601,188 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30708,61 +33797,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30778,134 +33874,148 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30920,204 +34030,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31132,204 +34263,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31344,204 +34496,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31556,204 +34729,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31805,167 +34999,188 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...79 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31980,61 +35195,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32050,134 +35272,148 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32192,204 +35428,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...42 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32404,204 +35661,225 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...80 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32616,200 +35894,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32824,200 +36130,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33032,200 +36366,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33240,200 +36602,228 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...112 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33495,55 +36885,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>