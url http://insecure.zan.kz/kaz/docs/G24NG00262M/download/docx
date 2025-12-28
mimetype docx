--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de46317" w14:textId="de46317">
+    <w:p w14:paraId="b9a2f43" w14:textId="b9a2f43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,151 +252,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 240 414,1 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 241 030,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 68 416,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 69 151,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 161,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 2 508,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 1 773,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 169 329,1 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 169 945,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 253 833,2 мың теңге;</w:t>
+      2) шығындар – 254 450,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -457,61 +457,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -961,61 +961,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әулиекөл ауданы Аманқарағай ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Әулиекөл ауданы мәслихатының 17.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339</w:t>
+        <w:t>№ 377</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1895,51 +1895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240414,1</w:t>
+241030,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2104,51 +2104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68416,0</w:t>
+69151,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2313,51 +2313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39885,0</w:t>
+40830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,51 +2522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39885,0</w:t>
+40830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2731,51 +2731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28189,0</w:t>
+28006,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3149,51 +3149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-714,0</w:t>
+531,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3567,51 +3567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-342,0</w:t>
+315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3985,51 +3985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47,0</w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5239,51 +5239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2508,0</w:t>
+1773,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5448,51 +5448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2508,0</w:t>
+1773,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5866,51 +5866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2208,0</w:t>
+1473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6075,51 +6075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169329,1</w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6284,51 +6284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169329,1</w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6493,51 +6493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169329,1</w:t>
+169945,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7582,51 +7582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-253833,2</w:t>
+254450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7791,51 +7791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66187,5</w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8000,51 +8000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66187,5</w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8209,51 +8209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66187,5</w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8418,51 +8418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66187,5</w:t>
+66324,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8627,51 +8627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69411,7</w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8836,51 +8836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69411,7</w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9045,51 +9045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69411,7</w:t>
+69891,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9254,51 +9254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56692,8</w:t>
+57350,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9672,51 +9672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300,0</w:t>
+122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>