--- v0 (2025-10-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="01f346d" w14:textId="01f346d">
+    <w:p w14:paraId="7775a90" w14:textId="7775a90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Амангелді ауданы әкімдігінің ішкі саясат, мәдениет, тілдерді дамыту және спорт бөлiмi" мемлекеттік мекемесін бөлу жолымен "Амангелді ауданы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесін қайта ұйымдастыру туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы Амангелді ауданы әкімдігінің 2024 жылғы 21 қазандағы № 167 қаулысы</w:t>
+        <w:t>Қостанай облысы Амангелді ауданы әкімдігінің 2024 жылғы 21 қазандағы № 167 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1566,844 +1566,920 @@
         <w:t>
       дене шынықтыру және спорт саласындағы Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғалардың спортпен шұғылдануы үшін, оның ішінде халықтың жүріп-тұруы шектеулі топтарының тұрғылықты жері бойынша және көпшілік демалатын орындарда қолжетімділігін ескере отырып, инфрақұрылым жасау;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бұқаралық спортпен айналысуға арналған спорттық жабдықтың қауіпсіз пайдаланылуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аккредиттелген жергілікті спорт федерацияларымен бірлесіп, спорт түрлері бойынша аудандық спорттық жарыстарды өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) спорт түрлері бойынша аудандық құрама командаларды даярлауды және олардың облыстық спорттық жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қостанай облысы Амангелді ауданында бұқаралық спорт пен ұлттық спорт түрлерін дамытуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қостанай облысы Амангелді ауданы аумағында аудандық дене шынықтыру және спорт ұйымдарының қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балалар-жасөспірімдер дене дайындығы, оның ішінде бейімделген дене шынықтыру және спорт клубтарын құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік қызметтер Тізіліміне сәйкес мемлекеттік қызметтер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) спорттық-бұқаралық іс-шаралардың бірыңғай өңірлік күнтізбесін іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қостанай облысы Амангелді ауданында спорттық іс-шараларды ұйымдастыру мен өткізуді үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасының заңнамасында белгіленген нысан бойынша және мерзімдерде аудан аумағында дене шынықтыру мен спортты дамыту жөніндегі ақпаратты жинауды, талдауды жүзеге асыру және облыстың жергілікті атқарушы органына ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) аккредиттелген өңірлік және жергілікті спорт федерацияларының ұсыныстары бойынша спорт түрлері бойынша аудандық құрама командаларының тізімдерін қалыптастыру және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) ресми дене шынықтыру және спорт іс-шараларын медициналық қамтамасыз етуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) дене шынықтыру және спорт іс-шараларын өткізу кезінде қоғамдық тәртіп пен қоғамдық қауіпсіздікті қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) спорт ұйымдарына әдістемелік және консультациялық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) аудандық және қалалық мамандандырылмаған балалар-жасөспірімдер мектептерінің қызметін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) халықпен жұмыс істеу үшін дене шынықтыру және спорт жөніндегі нұсқаушылармен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Қостанай облысы Амангелді ауданының аумағында жеке тұлғалардың тұрғылықты жерінде және олардың жаппай демалу орындарында дене шынықтыру мен спортты дамыту үшін жағдай жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектердің қоғамдық бірлестіктерімен бірлесіп, мүгедектігі бар адамдар арасында сауықтыру және спорттық іс-шаралар өткізуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) бюджет қаражатының көлемдері шегінде балалар мен жасөспірімдерге арналған спорт секцияларын қаржыландыруға мемлекеттік спорттық тапсырысты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) мемлекеттік спорттық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, ведомстволық бағыныстылығына, типтері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған спорт секцияларында мемлекеттік спорттық тапсырысты орналастыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) мемлекеттік спорттық тапсырысты орналастырудың, оның сапасын бақылаудың және мақсатты игерілуінің барлық кезеңі мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - Қостанай облысы Амангелді ауданы әкімдігінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органының бірінші басшысының мәртебесі, өкілеттігі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
-[...15 lines deleted...]
-      2) бұқаралық спортпен айналысуға арналған спорттық жабдықтың қауіпсіз пайдаланылуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      3) аккредиттелген жергілікті спорт федерацияларымен бірлесіп, спорт түрлері бойынша аудандық спорттық жарыстарды өткізу;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бөлімнің басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      4) спорт түрлері бойынша аудандық құрама командаларды даярлауды және олардың облыстық спорттық жарыстарға қатысуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бөлім басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
-[...15 lines deleted...]
-      5) Қостанай облысы Амангелді ауданында бұқаралық спорт пен ұлттық спорт түрлерін дамытуды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес мемлекеттік органдарда, өзге де ұйымдарда Бөлімнің мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
-[...15 lines deleted...]
-      6) Қостанай облысы Амангелді ауданы аумағында аудандық дене шынықтыру және спорт ұйымдарының қызметін үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бөлімде сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
-[...15 lines deleted...]
-      7) балалар-жасөспірімдер дене дайындығы, оның ішінде бейімделген дене шынықтыру және спорт клубтарын құру;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұйрықтарға, қызметтік құжаттамаға қол қояды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
-[...15 lines deleted...]
-      8) мемлекеттік қызметтер Тізіліміне сәйкес мемлекеттік қызметтер көрсетеді;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бөлім қызметкерлерін тағайындайды, босатады және тәртіптік жауапкершілікке тартады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      9) спорттық-бұқаралық іс-шаралардың бірыңғай өңірлік күнтізбесін іске асыру;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініштермен жұмысты ұйымдастырады, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      10) Қостанай облысы Амангелді ауданында спорттық іс-шараларды ұйымдастыру мен өткізуді үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бөлім қызметкерлерінің функционалдық міндеттерін анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      11) Қазақстан Республикасының заңнамасында белгіленген нысан бойынша және мерзімдерде аудан аумағында дене шынықтыру мен спортты дамыту жөніндегі ақпаратты жинауды, талдауды жүзеге асыру және облыстың жергілікті атқарушы органына ұсыну;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) міндеттемелер мен төлемдер бойынша бөлімнің қаржыландыру жоспарын, белгіленген еңбекақы қоры және қызметкерлер саны шегінде бөлімнің құрылымын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      12) аккредиттелген өңірлік және жергілікті спорт федерацияларының ұсыныстары бойынша спорт түрлері бойынша аудандық құрама командаларының тізімдерін қалыптастыру және бекіту;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дене шынықтыру және спорт саласындағы Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      13) ресми дене шынықтыру және спорт іс-шараларын медициналық қамтамасыз етуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      14) дене шынықтыру және спорт іс-шараларын өткізу кезінде қоғамдық тәртіп пен қоғамдық қауіпсіздікті қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      15) спорт ұйымдарына әдістемелік және консультациялық көмек көрсету;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бөлімнің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      16) аудандық және қалалық мамандандырылмаған балалар-жасөспірімдер мектептерінің қызметін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
-[...15 lines deleted...]
-      17) халықпен жұмыс істеу үшін дене шынықтыру және спорт жөніндегі нұсқаушылармен қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      18) Қостанай облысы Амангелді ауданының аумағында жеке тұлғалардың тұрғылықты жерінде және олардың жаппай демалу орындарында дене шынықтыру мен спортты дамыту үшін жағдай жасау;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Егер заңнамада өзгеше көзделмесе, Бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      19) дене шынықтыру және спорт саласындағы уәкілетті органмен және мүгедектердің қоғамдық бірлестіктерімен бірлесіп, мүгедектігі бар адамдар арасында сауықтыру және спорттық іс-шаралар өткізуді ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      20) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында белгіленген құзыреті шеңберінде жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...392 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2638,207 +2714,269 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z98" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Амангелді ауданы әкiмдiгiнiң ішкі саясат, мәдениет және тiлдердi дамыту бөлiмi" мемлекеттiк мекемесi (бұдан әрі – Бөлім) ауданда ішкі саясат, мәдениет және тiлдердi дамыту саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттiк органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z99" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бөлімнің мынадай ведомстволары бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z100" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тiлдердi дамыту бөлімінің "Жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z101" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тілдерді дамыту бөлімінің "Қ. Әбенов атындағы мәдениет үйі" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z102" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тiлдердi дамыту бөлімінің "Тілдерді оқыту орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z103" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тiлдердi дамыту бөлімінің "Орталықтандырылған кітапхана жүйесі" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ орыс тілінде жаңа редакцияда, қазақ тіліндегі мәтіні өзгермейді - Қостанай облысы Амангелді ауданы әкімдігінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Бөлім өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2853,1257 +2991,1389 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z105" w:id="92"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z105" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бөлім мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және өз атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарындағы шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бөлім азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z107" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бөлім, егер Қазақстан Республикасының заңнамасына сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z108" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бөлім өз құзыретіндегі мәселелер бойынша заңнамада белгіленген тәртіппен Бөлім басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z109" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Амангелді ауданы әкімдігінің ішкі саясат, мәдениет және тiлдердi дамыту бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының қолданыстағы заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z110" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 110200, Қазақстан Республикасы, Қостанай облысы, Амангелді ауданы, Амангелді ауылы, Дүйсенбин көшесі, 38 үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z111" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бөлімнің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z112" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z113" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бөлімге кәсіпкерлік субъектілерімен дене шынықтыру және спорт бөлімінің өкілеттілігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z114" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер ол Қазақстан Республикасының заңнамасында белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z115" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z116" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z117" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі саясат, мәдениет және тілдерді дамыту саласында мемлекеттік басқаруды және мемлекеттік саясатты жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z118" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ішкі саясат, мәдениет және тілдерді дамыту облысында мемлекеттік саясатты және мемлекеттік басқаруды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z119" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z120" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z121" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдардан және лауазымды тұлғалардан, өзге де ұйымдар мен азаматтардан өз функцияларын орындауға қажетті ақпаратты сұратуға, Бөлімінің құзыретіне жататын мәселелерді дайындауға мемлекеттік органдар мен өзге де ұйымдардың қызметкерлерін тартуға, тиісті ұсыныстарды әзірлеу үшін уақытша жұмыс топтарын құруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z122" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің құқықтары мен мүдделерін, соның ішінде соттарда білдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z123" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің құзыретіне жататын мәселелер бойынша заңды және жеке тұлғаларға түсініктеме беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z124" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәдениет мәселелері бойынша Мемлекеттік басқару органдарымен және ұйымдармен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z125" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы заңнамаға сәйкес өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z126" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мiндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z127" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қолданыстағы заңнамасының нормаларын сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z128" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Үкіметінің және басқа да орталық атқарушы органдардың, сондай-ақ, аудан, облыс әкімінің және әкімдігінің актілері мен тапсырмаларын сапалы және уақытылы орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z129" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін мемлекеттік қызметтердің қолжетімділігін, тұтынушылардың Мемлекеттік қызметтер көрсету тәртібі туралы хабардар болуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z130" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қолданыстағы заңнамасымен қарастырылған өзге де міндеттерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z131" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
-[...15 lines deleted...]
-      11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданда мемлекеттік жастар саясатын жүзеге асыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданда мемлекеттік жастар саясатын іске асыру жөніндегі консультативтік-кеңесші органдардың қызметін құру және қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан аумағында Қазақстан Республикасы Мемлекеттік рәміздерінің пайдаланылуын (тігілуін, орналастырылуын) бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның ойын-сауық мәдени-бұқаралық іс-шараларын, сондай-ақ әуесқой шығармашылық бірлестіктер арасында байқаулар, фестивальдер және конкурстар өткізуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті маңызы бар тарих, материалдық және рухани мәдениет ескерткіштерін есепке алу, қорғау және пайдалану жөніндегі жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік және басқа тілдерді дамытуға бағытталған аудандық деңгейдегі іс-шараларды өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстардың атқарушы органдарына ауылдарға, ауылдық округтерге атау беру және оларды қайта атау, сондай-ақ олардың транскрипциясын өзгерту туралы ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңнамада белгіленген жағдайларда және тәртіппен әкімшілік құқық бұзушылық туралы хаттама жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азаматтарды тілдік қағидат бойынша кемсітуге жол бермеу бойынша түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медиация саласында жүйелі жұмыс жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджет қаражатының көлемі шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелерін қаржыландыруға арналған мемлекеттік шығармашылық тапсырысты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік шығармашылық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, ведомстволық бағыныстылығына, типтері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған шығармашылық үйірмелерінде мемлекеттік шығармашылық тапсырысты орналастыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік шығармашылық тапсырысты орналастырудың, оның сапасын бақылаудың және нысаналы игерілуінің барлық кезеңдері мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті аумақта орналасқан мәдениет ұйымдарының қызметіне мониторингті жүзеге асырады және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына ақпаратты, сондай-ақ белгіленген нысандағы статистикалық есептерді ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тарихи-мәдени мұраны сақтау жөніндегі жұмысты ұйымдастырады, тарихи, ұлттық және мәдени дәстүрлер мен әдет-ғұрыптарды дамытуға жәрдемдесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - Қостанай облысы Амангелді ауданы әкімдігінің 08.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органының бірінші басшысының мәртебесі, өкілеттігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z113" w:id="100"/>
-[...15 lines deleted...]
-      12. Бөлімге кәсіпкерлік субъектілерімен дене шынықтыру және спорт бөлімінің өкілеттілігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бөлімге басшылықты Бөлімге жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруға дербес жауапты болатын басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z114" w:id="101"/>
-[...15 lines deleted...]
-      Егер Бөлімге заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер ол Қазақстан Республикасының заңнамасында белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Бөлімнің басшысы Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалады және қызметтен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:bookmarkStart w:name="z145" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бөлім басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z146" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес мемлекеттік органдарда, өзге де ұйымдарда Бөлімнің мүддесін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z147" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бөлімде сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z148" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұйрықтарға, қызметтік құжаттамаға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z149" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бөлім қызметкерлерін тағайындайды, босатады және тәртіптік жауапкершілікке тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z150" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініштермен жұмысты ұйымдастырады, жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z151" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бөлім қызметкерлерінің функционалдық міндеттерін анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z152" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) міндеттемелер мен төлемдер бойынша бөлімнің қаржыландыру жоспарын, белгіленген еңбекақы қоры және қызметкерлер саны шегінде бөлімнің құрылымын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z153" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дене шынықтыру және спорт саласындағы Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z154" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z155" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
-[...199 lines deleted...]
-      қолданыстағы заңнамаға сәйкес өзге де функцияларды жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z126" w:id="113"/>
-[...15 lines deleted...]
-      2) мiндеттері:</w:t>
+    <w:bookmarkStart w:name="z156" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бөлімнің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z127" w:id="114"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының қолданыстағы заңнамасының нормаларын сақтау;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z128" w:id="115"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы Үкіметінің және басқа да орталық атқарушы органдардың, сондай-ақ, аудан, облыс әкімінің және әкімдігінің актілері мен тапсырмаларын сапалы және уақытылы орындау;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бөлімге бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z129" w:id="116"/>
-[...15 lines deleted...]
-      көрсетілетін мемлекеттік қызметтердің қолжетімділігін, тұтынушылардың Мемлекеттік қызметтер көрсету тәртібі туралы хабардар болуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Егер заңнамада өзгеше көзделмесе, Бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z130" w:id="117"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының қолданыстағы заңнамасымен қарастырылған өзге де міндеттерді жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z131" w:id="118"/>
-[...15 lines deleted...]
-      15. Функциялары:</w:t>
+    <w:bookmarkStart w:name="z161" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бөлімді қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z132" w:id="119"/>
-[...592 lines deleted...]
-    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>