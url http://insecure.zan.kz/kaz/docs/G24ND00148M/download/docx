--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef6b0b0" w14:textId="ef6b0b0">
+    <w:p w14:paraId="741b395" w14:textId="741b395">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -282,51 +282,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 198449,2 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 199895,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша – 37770,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
@@ -362,71 +362,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер бойынша – 0,0 мың теңге</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі бойынша – 160679,2 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 162125,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 200836,8 мың теңге;</w:t>
+      2) шығындар – 202282,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -487,61 +487,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 180</w:t>
+        <w:t>№ 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1036,8324 +1036,87 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лисаков қаласы Октябрь кентінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Лисаков қаласы мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 180</w:t>
+        <w:t>№ 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
-      </w:r>
-[...8236 lines deleted...]
-        <w:t xml:space="preserve"> Лисаков қаласы Октябрь кентінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -9799,235 +1562,243 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Кірістер</w:t>
-[...35 lines deleted...]
-121 078,0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10083,161 +1854,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
-[...35 lines deleted...]
-41 191,0</w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+199 895,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10261,87 +2032,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
-[...35 lines deleted...]
-11 878,0</w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 770,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10361,165 +2132,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
-[...35 lines deleted...]
-11 878,0</w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10539,165 +2310,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-29 273,0</w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10717,165 +2488,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-1 969,0</w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 358,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10936,124 +2707,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
-[...35 lines deleted...]
-87,0</w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 840,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11114,124 +2885,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-27 217,0</w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11251,165 +3022,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
-[...35 lines deleted...]
-40,0</w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11429,417 +3200,417 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
-[...35 lines deleted...]
-40,0</w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...73 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11863,87 +3634,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11963,437 +3734,496 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-79 887,0</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162 125,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12437,114 +4267,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12651,51 +4449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12833,296 +4631,285 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II. Шығыстар</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 01</w:t>
-[...167 lines deleted...]
-44 291,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13142,405 +4929,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-44 291,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202 282,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-44 291,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13560,405 +5343,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-44 291,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13978,196 +5761,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 575,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14219,373 +6002,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-26 731,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+342,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-19 402,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14605,196 +6388,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 376,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14846,373 +6629,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 953,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 420,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 977,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15232,196 +7015,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 130,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15473,582 +7256,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-14 101,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 312,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-14 101,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16068,196 +7851,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 989,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16309,164 +8092,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-35 955,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 589,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16559,328 +8342,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-042</w:t>
-[...71 lines deleted...]
-35 955,0</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16900,50 +8687,882 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профицит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2 387,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17041,51 +9660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2 387,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17319,74 +9938,8104 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лисаков қаласы Октябрь кентінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 078,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 191,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 878,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 878,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 273,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 969,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 217,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 887,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығыстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 078,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 291,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 731,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 402,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 376,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 953,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаладағы ауданның, аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округ әкімі аппаратының аудандық (облыстық маңызы бар қаланың) бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 955,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджеттің тапшылығы (профицит)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәслихаттың</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 148 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z35" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лисаков қаласы Октябрь кентінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25147,55 +25796,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>