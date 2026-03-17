--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5484989" w14:textId="5484989">
+    <w:p w14:paraId="d1efb44" w14:textId="d1efb44">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,88 +252,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Есет ауылының бюджеті тиісінше осы шешімнің 1,2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемде бекітілсін:</w:t>
+      1. 2025-2027 жылдарға арналған Есет ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 87 251,6 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 88 262,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 3 375,6 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 2 580,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -343,69 +343,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер бойынша – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 83 876,0 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 85 682,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 87 353,0 мың теңге;</w:t>
+      2) шығындар – 88 363,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу– 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -587,61 +587,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">33/252 </w:t>
+        <w:t xml:space="preserve">№ 36/274 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1003,161 +1003,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№25/189 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Есет ауылының бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Есет ауылының бюджеті </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...66 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.08.2025 № </w:t>
+      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">33/252 </w:t>
+        <w:t xml:space="preserve">№ 36/274 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1584,78 +1515,59 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1786,51 +1698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 251,6</w:t>
+88 262,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1967,51 +1879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 375,6</w:t>
+2 580,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2148,51 +2060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 232,0</w:t>
+295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2329,51 +2241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 232,0</w:t>
+295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2510,51 +2422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 123,6</w:t>
+2 265,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2691,51 +2603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41,0</w:t>
+36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2798,125 +2710,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын салық</w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 983,6</w:t>
+2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2979,125 +2891,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99,0</w:t>
+2 104,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3118,167 +3030,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+123,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3299,130 +3211,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3447,61 +3359,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3517,205 +3425,209 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83 876,0</w:t>
+20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3740,88 +3652,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83 876,0</w:t>
+85 682,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3842,442 +3754,502 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83 876,0</w:t>
+85 682,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 682,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...62 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -4324,148 +4296,96 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...63 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4560,130 +4480,103 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Шығындар</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4741,163 +4634,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+2. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 711,0</w:t>
+88 363,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4922,51 +4815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5024,130 +4917,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5172,61 +5065,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5242,205 +5131,209 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 142,0</w:t>
+31 711,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5465,87 +5358,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 142,0</w:t>
+53 152,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5567,166 +5460,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 200,0</w:t>
+53 152,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5790,167 +5683,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 942,0</w:t>
+7 200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5966,205 +5855,209 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500,0</w:t>
+45 952,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6189,87 +6082,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500,0</w:t>
+3 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6291,166 +6184,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын салу және реконструкциялау</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500,0</w:t>
+3 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6505,129 +6398,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Таза бюджеттік кредиттеу</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын салу және реконструкциялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6682,129 +6579,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6901,51 +6802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+3. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7078,51 +6979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7255,51 +7156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7432,51 +7333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7609,87 +7510,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--101,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7786,87 +7687,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7963,87 +7864,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+-101,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8140,87 +8041,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+101,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8317,130 +8218,126 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8498,87 +8395,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8600,61 +8497,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8679,51 +8572,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8748,57 +8641,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8814,138 +8711,531 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9164,68 +9454,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№25/189 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="4"/>
+    <w:bookmarkStart w:name="z30" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Есет ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -17813,68 +18103,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№25/189 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="5"/>
+    <w:bookmarkStart w:name="z34" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Есет ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -26319,55 +26609,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>