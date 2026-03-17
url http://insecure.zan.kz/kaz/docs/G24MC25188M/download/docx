--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1f6945c" w14:textId="1f6945c">
+    <w:p w14:paraId="1b7ad55" w14:textId="1b7ad55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -229,141 +229,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Боранқұл ауылының бюджеті тиісінше осы шешімнің 1,2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 461 258,9 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 451 701,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 61 641,9 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 95 032,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер бойынша – 628,0 мың теңге;</w:t>
+      салықтық емес түсімдер бойынша – 629,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер бойынша – 918,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 398 071,0 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 355 122,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 462 025,3 мың теңге;</w:t>
+      2) шығындар – 452 467,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу– 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -545,51 +545,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.08.2025 № 33/251 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 36/273 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -935,160 +955,176 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 25/188 шешіміне 1 қосымша</w:t>
+              <w:t>№25/188 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Боранқұл ауылының бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Боранқұл ауылының бюджеті </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ескерту. 1 - қосамша жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 22.08.2025 № 33/251 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1 - қосамша жаңа редакцияда - Маңғыстау облысы Бейнеу аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 36/273 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1620,51 +1656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-461 258,9</w:t>
+451 701,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1801,51 +1837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 641,9</w:t>
+95 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1982,51 +2018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 465,9</w:t>
+64 135,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2163,51 +2199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 465,9</w:t>
+64 135,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2344,51 +2380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 175,0</w:t>
+28 896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2525,51 +2561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 159,0</w:t>
+606,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2887,51 +2923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 678,0</w:t>
+27 803,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3068,51 +3104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194,0</w:t>
+343,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3611,51 +3647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-628,0</w:t>
+629,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4005,94 +4041,94 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4117,88 +4153,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-918,0</w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4219,205 +4255,209 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-918,0</w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4433,97 +4473,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4548,94 +4584,94 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4660,88 +4696,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+918,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4762,205 +4798,209 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+918,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4976,563 +5016,646 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398 071,0</w:t>
+355 122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355 122,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+355 122,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...110 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...95 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -5579,193 +5702,133 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5823,89 +5886,66 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -5925,61 +5965,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6004,126 +6040,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+2. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 039,0</w:t>
+452 467,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6139,133 +6179,129 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 391,0</w:t>
+202 483,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6287,209 +6323,205 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық мүлкін басқару</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 648,0</w:t>
+202 483,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6505,129 +6537,133 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-311 049,3</w:t>
+70 391,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6649,166 +6685,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-311 049,3</w:t>
+85 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6872,163 +6908,167 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+053</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық мүлкін басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 253,0</w:t>
+47 092,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7044,209 +7084,205 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-286 796,3</w:t>
+226 048,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7271,87 +7307,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 936,7</w:t>
+226 048,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7373,166 +7409,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 936,7</w:t>
+24 252,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7596,163 +7632,167 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-012</w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын салу және реконструкциялау</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 000,0</w:t>
+201 795,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7768,133 +7808,491 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 936,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 936,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 936,7</w:t>
+23 936,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11102,68 +11500,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№25/188 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="5"/>
+    <w:bookmarkStart w:name="z30" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Боранқұл ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -22050,68 +22448,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№25/188 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="6"/>
+    <w:bookmarkStart w:name="z34" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Боранқұл ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32855,55 +33253,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>