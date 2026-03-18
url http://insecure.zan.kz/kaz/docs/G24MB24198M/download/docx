--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d889950" w14:textId="d889950">
+    <w:p w14:paraId="70b9211" w14:textId="70b9211">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -271,141 +271,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025 – 2027 жылдарға арналған Рахат ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 746 045, 2 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 1 809 295,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 288 565,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 347 742,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер бойынша – 0 теңге;</w:t>
+      салықтық емес түсімдер бойынша – 5,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 17 508,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 33 978,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 1 439 972, 2 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 1 427 569,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 757 365,0 мың теңге;</w:t>
+      2) шығындар – 1 820 615,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -487,51 +487,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -11 319,8 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 11 319,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 11 319,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -587,141 +587,141 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/253 </w:t>
+        <w:t xml:space="preserve">№ 33/295 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Рахат ауылының бюджетіне қалалық бюджеттен 1 439 935, 2 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
+      2. 2025 жылға арналған Рахат ауылының бюджетіне қалалық бюджеттен 1 427 532,2 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының  26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/253 </w:t>
+        <w:t xml:space="preserve">№ 33/295 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -992,51 +992,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+              <w:t>2025 жылғы 26 қарашадағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1057,294 +1057,486 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>№ 33/295 шешіміне қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңаөзен қалалық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 24/198 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Рахат ауылының бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Рахат ауылының бюджеті </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/253 </w:t>
+        <w:t xml:space="preserve">№ 33/295 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z26" w:id="3"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
-[...3 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1380,51 +1572,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1481,3831 +1674,3924 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 746 045,2</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 809 295,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-288 565,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+347 742,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-65 352,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-65 352,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-222 997,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+242 763,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 106,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 073,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-424,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-219 467,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+238 357,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-216,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+204,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-216,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+204,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-17 508,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-17 508,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...101 lines deleted...]
-14 918,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 978,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...101 lines deleted...]
-2 590,0</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 978,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-1 439 972,2</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 117,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-1 439 972,2</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 861,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...101 lines deleted...]
-1 439 972,2</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427 569,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...103 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427 569,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5324,7627 +5610,7974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
-[...27 lines deleted...]
-          <w:p/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427 569,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...86 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...97 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар дың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-128 124,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-128 124,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 820 615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-128 124,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-124 124,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-4 000,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 941,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк көмек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 410 399,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 410 399,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұқтаж азаматтарға үйде әлеуметтiк көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 410 399,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 436 977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-256 679,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекенді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 436 977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-262 500,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 436 977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-891 220,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+256 679,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-218 842,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+277 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-218 842,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+902 798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-218 842,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--11 319,8</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-11 319,8</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 11 319,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 319,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...103 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...102 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...80 lines deleted...]
-          </w:p>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-11 319,8</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 319,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 319,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11 319,8</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 319,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13114,68 +13747,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/198 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="4"/>
+    <w:bookmarkStart w:name="z29" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Рахат ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24934,68 +25567,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/198 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="5"/>
+    <w:bookmarkStart w:name="z33" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Рахат ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36593,55 +37226,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>