--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="456a386" w14:textId="456a386">
+    <w:p w14:paraId="e3caad6" w14:textId="e3caad6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,174 +236,176 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025 – 2027 жылдарға арналған Теңге ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемдерде бекітілсін:</w:t>
+      1. 2025 - 2027 жылдарға арналған Теңге ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемдерде бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кірістер – 853 570,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 800 920,7 мың теңге, оның ішінде:</w:t>
+      салықтық түсімдер бойынша - 179 346,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша - 140 310,0 мың теңге;</w:t>
+      салықтық емес түсімдер бойынша – 422,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер бойынша – 335,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 9 000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 4 178,0 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 664 802,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 656 097,7 мың теңге;</w:t>
-[...17 lines deleted...]
-      2) шығындар – 803 563,5 мың теңге;</w:t>
+      2) шығындар – 856 213,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -503,69 +505,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 2 642,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –</w:t>
-[...17 lines deleted...]
-      2 642,8 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2 642,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімдері – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -603,205 +587,185 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/252 </w:t>
+        <w:t xml:space="preserve">№ 33/294 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Теңге ауылының бюджетіне қалалық бюджеттен 655 931,7 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
+      2. 2025 жылға арналған Теңге ауылының бюджетіне қалалық бюджеттен 664 636,7 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/252 </w:t>
+        <w:t xml:space="preserve">№ 33/294 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Теңге ауылының бюджетіне қалалық бюджеттен 508 248,0 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
-[...17 lines deleted...]
-        <w:t>
       3. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1028,51 +992,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+              <w:t>2025 жылғы 26 қарашадағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1093,100 +1057,293 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>№ 33/294 шешіміне қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңаөзен қалалық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 24/197 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Теңге ауылының бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Теңге ауылының бюджеті </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 22.08.2025 № </w:t>
+      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">29/252 </w:t>
+        <w:t xml:space="preserve">№ 33/294 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1200,70 +1357,68 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="3"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1787,51 +1942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800 920,7</w:t>
+853 570,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1965,51 +2120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140 310,0</w:t>
+179 346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2143,51 +2298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 169,0</w:t>
+24 175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2321,51 +2476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 169,0</w:t>
+24 175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2499,51 +2654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 924,0</w:t>
+129 721,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2677,51 +2832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 488,0</w:t>
+1 523,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3033,51 +3188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110 264,0</w:t>
+128 026,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3211,51 +3366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 217,0</w:t>
+25 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3389,51 +3544,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 217,0</w:t>
+25 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3567,51 +3722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3745,51 +3900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3923,51 +4078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4101,51 +4256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4279,51 +4434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 178,0</w:t>
+9 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4457,51 +4612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 056,0</w:t>
+6 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4635,51 +4790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122,0</w:t>
+2 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4813,51 +4968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-656 097,7</w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4991,51 +5146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-656 097,7</w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5169,51 +5324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-656 097,7</w:t>
+664 802,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5956,51 +6111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-803 563,5</w:t>
+856 213,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6165,51 +6320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6374,51 +6529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6583,51 +6738,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 188,0</w:t>
+198 485,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6792,51 +6947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105 663,0</w:t>
+119 967,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7001,51 +7156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 471,0</w:t>
+ 464,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7419,51 +7574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7628,51 +7783,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7837,51 +7992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-438 384,0</w:t>
+471 884,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8046,51 +8201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80 000,0</w:t>
+83 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8464,51 +8619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 413,0</w:t>
+209 413,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8673,51 +8828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8882,51 +9037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9091,51 +9246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9300,51 +9455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 491,5</w:t>
+160 491,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9509,51 +9664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9718,51 +9873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9927,51 +10082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10136,51 +10291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 500,0</w:t>
+25 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13164,50 +13319,85 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 642,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13377,68 +13567,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/197 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="4"/>
+    <w:bookmarkStart w:name="z30" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Теңге ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -25197,68 +25387,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/197 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="5"/>
+    <w:bookmarkStart w:name="z34" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Теңге ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36874,55 +37064,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>