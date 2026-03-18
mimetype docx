--- v0 (2025-11-10)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d001d25" w14:textId="d001d25">
+    <w:p w14:paraId="6c17652" w14:textId="6c17652">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025 – 2027 жылдарға арналған Қызылсай ауылының бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Маңғыстау облысы Жаңаөзен қалалық мәслихатының 2024 жылғы 30 желтоқсандағы № 24/196 шешімі</w:t>
+        <w:t>Маңғыстау облысы Жаңаөзен қалалық мәслихатының 2024 жылғы 30 желтоқсандағы № 24/196 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 бастап қолданысқа енгізіледі - осы шешімнің 3 - тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -174,550 +174,536 @@
         </w:rPr>
         <w:t>, Қазақстан Республикасының "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Заңына сәйкес, Жаңаөзен қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 633 101,0 мың теңге, оның ішінде:</w:t>
+      1. 2025 – 2027 жылдарға арналған Қызылсай ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 43 387,0 мың теңге;</w:t>
+      1) кірістер – 911 066,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер бойынша – 54 546,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер бойынша – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 448,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 577,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 589 266,0 мың теңге;</w:t>
+      трансферттердің түсімдері бойынша – 852 576,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)шығындар – 633 101,0 мың теңге;</w:t>
+      2)шығындар – 917 405,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4)қаржы активтерімен операциялар бойынша сальдо – 0 теңге, оның</w:t>
+      4)қаржы активтерімен операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5)бюджет тапшылығы (профициті) – - 6 339,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) –</w:t>
+      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 339,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      0 теңге, оның ішінде:</w:t>
+      қарыздар түсімдері – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 6 339,7 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға Қызылсай ауылының бюджетіне қалалық бюджеттен 589 121,0 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
+      2. 2025 жылға Қызылсай ауылының бюджетіне қалалық бюджеттен 852 431,0 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -879,51 +865,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жаңаөзен қалалық мәслихатының</w:t>
+              <w:t xml:space="preserve">Жаңаөзен қалалық мәслихатының </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -944,51 +930,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 30 желтоқсандағы</w:t>
+              <w:t xml:space="preserve">2024 жылғы 30 желтоқсандағы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1015,68 +1001,12539 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/196 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қызылсай ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жаңаөзен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/293 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+911 066,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 546,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8 890,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8 890,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+44 096,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+577,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+60,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+43 459,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 560,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 560,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 944,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 944,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 567,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 376,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+852 576,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+852 576,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+852 576,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар дың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+917 405,7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135 086,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135 086,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135 086,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 310,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+476,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 300,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+634 134,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+101 494,0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+141 750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+390 890,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139 506,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмысын істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 679,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 6 339,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 339,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 339,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 339,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 339,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңаөзен қалалық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 жылғы 30 желтоқсандағы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 24/196 шешіміне 2 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Қызылсай ауылының бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1662,52 +14119,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-633 101,0 </w:t>
+              <w:t>
+676 841,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1840,52 +14297,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-43 387,0</w:t>
+              <w:t xml:space="preserve">
+44 317,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2019,51 +14476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4 077,0 </w:t>
+4 200,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2197,51 +14654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4 077,0 </w:t>
+4 200,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2375,51 +14832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-37 707,0 </w:t>
+38 466,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2553,51 +15010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-448,0 </w:t>
+462,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2731,51 +15188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-60,0 </w:t>
+61,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2909,51 +15366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-37 199,0 </w:t>
+37 943,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3265,51 +15722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 603,0</w:t>
+1 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3407,87 +15864,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
-[...35 lines deleted...]
-1 603,0</w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4155,51 +16612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448,0</w:t>
+456,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4333,51 +16790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-448,0</w:t>
+456,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4511,51 +16968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-309,0</w:t>
+315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4689,51 +17146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+141,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4867,51 +17324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-589 266,0</w:t>
+632 068,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5045,51 +17502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-589 266,0</w:t>
+632 068,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5223,51 +17680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-589 266,0</w:t>
+632 068,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5992,51 +18449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-633 101,0 </w:t>
+676 841,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6201,51 +18658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 626,0</w:t>
+72 354,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6410,51 +18867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 626,0</w:t>
+72 354,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6619,51 +19076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 626,0</w:t>
+72 354,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6828,51 +19285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 626,0</w:t>
+72 354,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7037,51 +19494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-455 040,0</w:t>
+477 746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7245,52 +19702,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-455 040,0 </w:t>
+              <w:t>
+477 746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7455,51 +19912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-455 040,0</w:t>
+477 746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7663,52 +20120,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-46 390,0 </w:t>
+              <w:t>
+48 709,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7872,52 +20329,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-141 750,0</w:t>
+              <w:t xml:space="preserve">
+147 838,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8081,52 +20538,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-266 900,0</w:t>
+              <w:t xml:space="preserve">
+280 200,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8291,51 +20748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-110 715,0 </w:t>
+116 535,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8500,51 +20957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-110 715,0 </w:t>
+116 535,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8708,52 +21165,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-110 715,0 </w:t>
+              <w:t>
+116 535,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8918,51 +21375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-110 715,0 </w:t>
+116 535,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9127,51 +21584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 720,0</w:t>
+10 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9336,51 +21793,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 720,0</w:t>
+10 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9545,51 +22002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 720,0</w:t>
+10 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9754,51 +22211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 720,0</w:t>
+10 206,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12859,51 +25316,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жаңаөзен қалалық мәслихатының</w:t>
+              <w:t xml:space="preserve">Жаңаөзен қалалық мәслихатының </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12989,12054 +25446,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 24/196 шешіміне 2 қосымша</w:t>
+              <w:t>№ 24/196 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...11979 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Қызылсай ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -36812,55 +37289,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>