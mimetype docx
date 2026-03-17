--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf171c9" w14:textId="cf171c9">
+    <w:p w14:paraId="33c813c" w14:textId="33c813c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шиелі аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сұлутөбе ауылдық округінің 2025-2027 жылдарға арналған бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,310 +253,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 36 133 мың теңге;</w:t>
+      1) кірістер - 172 629 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 138 289 мың теңге;</w:t>
+      салықтық түсімдер - 34 733 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 177 716,3 мың теңге;</w:t>
+      трансферттер түсімі - 137 896 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар - 175 923,3 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 3 294,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) - 3 294,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -591,127 +575,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/17</w:t>
+        <w:t>№ 37/20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Сұлутөбе ауылдық округі бюджетіне берілетін бюджеттік субвенциялар көлемі 128 323 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -896,129 +880,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелі аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 25/20 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сұлутөбе ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 14.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/17</w:t>
+        <w:t>№ 37/20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1084,51 +1052,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1615,51 +1600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 422</w:t>
+172 629</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1793,51 +1778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 133</w:t>
+34 733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1971,51 +1956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-761</w:t>
+505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2149,51 +2134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-761</w:t>
+505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2327,51 +2312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 166</w:t>
+5 224</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2683,51 +2668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 942</w:t>
+5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2747,165 +2732,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біріңғай жер салығы</w:t>
-[...35 lines deleted...]
-202</w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2925,129 +2910,129 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3071,271 +3056,271 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
-[...35 lines deleted...]
-29 004</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 896</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3359,87 +3344,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-138 289</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 896</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3459,1264 +3444,1312 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-138 289</w:t>
+Ауданның (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 896</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-138 289</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фнкционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Функционалдық кіші топ </w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі </w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама (кішібағдарлама)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бюджеттік бағдарлама (кішібағдарлама)</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...115 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175 923,3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-177 716,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-58 462</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4736,196 +4769,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-58 462</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4977,164 +5010,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-58 462</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5227,541 +5260,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-57 462</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекеменің күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 718,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-42 739,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 718,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5781,196 +5814,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-42 739,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 718,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6022,164 +6055,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-42 739,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6272,123 +6305,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-22 441</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6481,541 +6514,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-4 100</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 716,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-16 198,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-76 513</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7035,196 +7068,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-76 513</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7276,259 +7309,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...207 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7598,51 +7422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 513</w:t>
+76 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10102,79 +9926,79 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 294,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z28" w:id="16"/>
+      <w:bookmarkStart w:name="z28" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шиелі аудандық мәслихатының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+        <w:t>2024 жылғы 26 желтоқсандағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25/20 шешіміне 2-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -10263,51 +10087,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12420,51 +12261,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17340,79 +17198,79 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z29" w:id="17"/>
+      <w:bookmarkStart w:name="z29" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шиелі аудандық мәслихатының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+        <w:t>2024 жылғы 26 желтоқсандағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25/20 шешіміне 3-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -17501,51 +17359,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19658,51 +19533,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24642,55 +24534,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>