--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fada4b" w14:textId="8fada4b">
+    <w:p w14:paraId="e33e3fb" w14:textId="e33e3fb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -176,68 +176,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Шиелі аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Иіркөл ауылдық округінің 2025-2027 жылдарға арналған бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -272,310 +255,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 651 696 мың теңге, оның ішінде: </w:t>
+      1) кірістер – 660 261 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 15 030 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 236 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 636 430 мың теңге;</w:t>
+      трансферттер түсімі – 644 995 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 655 955,9 мың теңге;</w:t>
+      2) шығындар – 664 520,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - -8,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 8,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -611,127 +595,137 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 14.08.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/12</w:t>
+        <w:t>№ 37/14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Иіркөл ауылдық округі бюджетіне берілетін бюджеттік субвенциялар көлемі 90 720 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -826,68 +820,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М.Турабаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -953,129 +929,9987 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы "26" желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 25/14 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Иіркөл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 14.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Шиелі аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 35/12</w:t>
+        <w:t>№ 37/14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Иіркөл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+660261</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 374</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем көзінен салық салынбайтын табыстардан ұсталынатын жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 374</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 656</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+249</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 399</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік меншіктен түсетін кірістер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+644995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+644995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+644995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар (кіші бағдарламалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+664520,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27356,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27356,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27356,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 353,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+525 040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+525 040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+525 040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+525 040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттердің сомасын қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 259,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 259,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 259,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шиелі аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 25/14 шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Иіркөл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1129,51 +10963,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1605,51 +11456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-651 696</w:t>
+567 065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1783,51 +11634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 030</w:t>
+7 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1961,51 +11812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 374</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2139,51 +11990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 374</w:t>
+1 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2317,51 +12168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 656</w:t>
+5 358</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2495,51 +12346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-249</w:t>
+266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2673,303 +12524,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 399</w:t>
+5 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біріңғай жер салығы</w:t>
-[...35 lines deleted...]
-4008</w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+559 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2993,87 +12844,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-236</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+559 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3093,523 +12944,350 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-236</w:t>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+559 761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...65 lines deleted...]
-236</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...66 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3627,167 +13305,108 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3837,420 +13456,704 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...37 lines deleted...]
-          </w:p>
+Бюджеттік бағдарламалар (кіші бағдарламалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+567 065</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 938</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4268,140 +14171,198 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 938</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4451,139 +14412,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 938</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4665,337 +14653,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-655 955,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...167 lines deleted...]
-60 841</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5024,187 +15016,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-60 841</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5333,296 +15325,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-60 841</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-21 191,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 354</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5642,405 +15634,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-21 191,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-21 191,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6060,196 +16052,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-16 938</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6301,582 +16293,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-4 253,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-48 875</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 296</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-48 875</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+462 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6896,196 +16888,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-48 875</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+462 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7137,373 +17129,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-48 875</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+462 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-525 040</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+462 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7523,196 +17515,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-525 040</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7764,164 +17752,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-525 040</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8005,550 +17989,542 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-525 040</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-8,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-8,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8568,196 +18544,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8809,1623 +18785,169 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...281 lines deleted...]
-3. Таза бюджеттік кредит беру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
-            </w:r>
-[...1240 lines deleted...]
-4 259,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10472,87 +18994,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шиелі аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 25/14 шешіміне 2-қосымша</w:t>
+              <w:t>№ 25/14 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Иіркөл ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Иіркөл ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10606,51 +19128,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11082,51 +19621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-567 065</w:t>
+606 759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11260,51 +19799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 303</w:t>
+7 814</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11438,51 +19977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 945</w:t>
+2 081</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11616,51 +20155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 945</w:t>
+2 081</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11794,51 +20333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 358</w:t>
+5 733</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11972,51 +20511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-266</w:t>
+284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12150,51 +20689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 092</w:t>
+5 448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12328,51 +20867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-559 761</w:t>
+598 944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12506,51 +21045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-559 761</w:t>
+598 944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12684,51 +21223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-559 761</w:t>
+598 944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12763,8189 +21302,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
-[...8137 lines deleted...]
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26721,55 +27139,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>