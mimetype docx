--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="78a939b" w14:textId="78a939b">
+    <w:p w14:paraId="aa47a65" w14:textId="aa47a65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Сунақата ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,308 +253,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 138222,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 138118,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13917,0 мың теңге;</w:t>
+      салықтық түсімдер – 16217,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 108,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 124197,0 мың теңге;</w:t>
+      трансферттер түсімдері –121793,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар –140 599,5 мың теңге;</w:t>
+      2) шығындар –140495,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -2377,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -589,127 +555,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 394</w:t>
+        <w:t>№ 437</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2024 жылға 75 334,0 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -913,120 +879,120 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№325 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сунақата ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 437</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сунақата ауылдық округінің 2025 жылға арналған бюджеті</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1081,51 +1047,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1629,51 +1612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138222,0</w:t>
+138118,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1806,51 +1789,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13917,0</w:t>
+16217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1983,51 +1966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7784,0</w:t>
+9822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2160,51 +2143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7784,0</w:t>
+9822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2337,51 +2320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6120,0</w:t>
+6382,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2868,51 +2851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4957,0</w:t>
+5120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3045,51 +3028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-738,0</w:t>
+837,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4107,51 +4090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124197,0</w:t>
+121793,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4284,51 +4267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124197,0</w:t>
+121793,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4461,51 +4444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124197,0</w:t>
+121793,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4540,69 +4523,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың</w:t>
-[...17 lines deleted...]
-Теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5087,51 +5069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140599,5</w:t>
+140495,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5264,51 +5246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49575,4</w:t>
+49389,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5441,51 +5423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49575,4</w:t>
+49389,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5618,51 +5600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49575,4</w:t>
+49389,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5795,51 +5777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16696,0</w:t>
+17201,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5972,51 +5954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16696,0</w:t>
+17201,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6503,51 +6485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14944,0</w:t>
+15449,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6680,51 +6662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25360,0</w:t>
+25546,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6857,51 +6839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25055,0</w:t>
+25241,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7034,51 +7016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25055,0</w:t>
+25241,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7565,51 +7547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48967,5</w:t>
+48358,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7742,51 +7724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48967,5</w:t>
+48358,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7919,51 +7901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48967,5</w:t>
+48358,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9436,6416 +9418,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№325 шешіміне 2-қосымша</w:t>
+              <w:t>№ 325 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сунақата ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...6343 lines deleted...]
-        <w:t xml:space="preserve"> Сунақата ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -15901,51 +9538,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16449,51 +10103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 930</w:t>
+85 523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16626,51 +10280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 734</w:t>
+8318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16803,51 +10457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2646</w:t>
+2520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16980,51 +10634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2646</w:t>
+2520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17157,51 +10811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 088</w:t>
+5798</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17334,51 +10988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-425</w:t>
+405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17511,51 +11165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17688,51 +11342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5397</w:t>
+5140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17865,51 +11519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-223</w:t>
+212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18042,51 +11696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 196</w:t>
+77 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18219,51 +11873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 196</w:t>
+77 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18396,51 +12050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 196</w:t>
+77 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18460,86 +12114,6446 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="18"/>
-[...15 lines deleted...]
-Сомасы, мың</w:t>
+          <w:bookmarkStart w:name="z32" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-теңге</w:t>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1509</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+331</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 053</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 733</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 733</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңақорған аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 325 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сунақата ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 930</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 734</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2646</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2646</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+425</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5397</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z37" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22093,55 +22107,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>