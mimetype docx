--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6df3398" w14:textId="6df3398">
+    <w:p w14:paraId="113e858" w14:textId="113e858">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Респубикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Манап ауылдық округінің 2025 - 2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,290 +253,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –100 368,3 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 100 913,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 2 662 мың теңге;</w:t>
+      салықтық түсімдер – 3 207,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 50,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімі 97 656,3 мың теңге;</w:t>
+      трансферттердің түсімі -97 656,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 101 970,9 мың теңге;</w:t>
+      2) шығындар – 102 515,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 ;</w:t>
+      бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 ;</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 ;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1 602,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -571,167 +555,167 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 435</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 81 110 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025-2027 жылдарға арналған ауылдық округ бюджетін атқару барысында секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалар тізбесі осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -929,116 +913,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№322 шешіміне 1-қосымша</w:t>
+              <w:t>№ 322 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Манап ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 435</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1103,51 +1071,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1651,51 +1636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 368,3</w:t>
+100 913,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1828,51 +1813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 662,0</w:t>
+3 207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2005,51 +1990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+377,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2182,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+377,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2359,51 +2344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 962,0</w:t>
+2 507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2890,51 +2875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1644</w:t>
+2 189,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3067,51 +3052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145,0</w:t>
+467,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4208,69 +4193,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың</w:t>
-[...17 lines deleted...]
-теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4755,51 +4739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101 970,9</w:t>
+102 515,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4932,51 +4916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 506,0</w:t>
+45 051,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5109,51 +5093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 506,0</w:t>
+45 051,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5286,51 +5270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 740,0</w:t>
+42 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9804,7478 +9788,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№322 шешіміне 2-қосымша</w:t>
+              <w:t>№ 322 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Манап ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...7405 lines deleted...]
-        <w:t xml:space="preserve"> Манап ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -17879,51 +10456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 491</w:t>
+86 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18056,51 +10633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 991</w:t>
+2 848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18233,51 +10810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-772</w:t>
+735</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18410,51 +10987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-772</w:t>
+735</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18587,51 +11164,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 003</w:t>
+1 908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18764,51 +11341,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18941,51 +11518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19118,51 +11695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 812</w:t>
+1 726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19295,51 +11872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-160</w:t>
+152</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19472,51 +12049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19649,51 +12226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19826,51 +12403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20003,51 +12580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 500</w:t>
+83 273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20180,51 +12757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 500</w:t>
+83 273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20357,51 +12934,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85 500</w:t>
+83 273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -20421,51 +12998,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="19"/>
+          <w:bookmarkStart w:name="z33" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20985,51 +13562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88 491</w:t>
+86 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21162,51 +13739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 489</w:t>
+42 570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21339,51 +13916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 489</w:t>
+42 570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21516,51 +14093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 489</w:t>
+42 570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21693,51 +14270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21870,51 +14447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22047,51 +14624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22224,51 +14801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 150</w:t>
+6 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22401,51 +14978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 150</w:t>
+6 809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22578,51 +15155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 177</w:t>
+1 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22755,51 +15332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202</w:t>
+192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22932,51 +15509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 771</w:t>
+5 496</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23109,51 +15686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 794</w:t>
+36 687</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23286,51 +15863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 794</w:t>
+36 687</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23463,51 +16040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 458</w:t>
+36 367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23640,51 +16217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336</w:t>
+320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23817,51 +16394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336</w:t>
+320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24592,100 +17169,7507 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жаңақорған ауданы маслихатының</w:t>
+              <w:t>Жаңақорған ауданы мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№322 шешіміне 4-қосымша</w:t>
+              <w:t>№322 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Манап ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88 491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+772</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+772</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 812</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z38" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88 491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 489</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 489</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 489</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық көмектiң басқа түрлерi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда науқасы ауыр адамдарды дәрігерлік көмек көрсететін жақын жердегі денсаулық сақтау ұйымына жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 771</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 794</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 794</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңақорған ауданы маслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№322 шешіміне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025-2027 жылдарға арналған кент бюджетін атқару барысында секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>