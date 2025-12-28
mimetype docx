--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cc7943a" w14:textId="cc7943a">
+    <w:p w14:paraId="d1aa52e" w14:textId="d1aa52e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Респубикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қыркеңсе ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,446 +253,429 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 135243,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 136 112,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 10237,0 мың теңге;</w:t>
+      салықтық түсімдер – 13 621,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 1406,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 1 108,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 298,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 123600,0 мың теңге;</w:t>
+      трансферттер түсімдері – 121 084,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 141417,8 мың теңге;</w:t>
+      2) шығындар – 142 287,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -6174,8 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -6 174,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6174,8 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 174,8 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 391</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 71 623,0 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -913,110 +879,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№321 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Кыркенсе на 2025 год</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 391</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1044,88 +994,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1155,51 +1122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1274,51 +1241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1424,441 +1391,433 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
-[...36 lines deleted...]
-            </w:r>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-10237</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 112,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2157</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 621,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1878,164 +1837,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2157</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2055,164 +2014,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-8080</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2232,164 +2191,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-246</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 625,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2450,123 +2409,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-25</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+246,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2627,123 +2586,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-6327</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2804,477 +2763,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-1482</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 327,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1406</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 027,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1406</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 108,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3294,341 +3253,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1406</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-123600</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3657,155 +3616,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...103 lines deleted...]
-123600</w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+940,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3866,318 +3825,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-123600</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жергіліктік бюджетке түсетін салықтық емес басқа да түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+940,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...153 lines deleted...]
-теңге</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4206,152 +4147,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4411,323 +4356,479 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+298,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-53114,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4756,597 +4857,457 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121 084,9</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...130 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5364,166 +5325,139 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5573,309 +5507,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1242</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+142 287,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07</w:t>
-[...135 lines deleted...]
-304</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 054,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5972,87 +5902,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
-[...35 lines deleted...]
-12994</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 054,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6113,123 +6043,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-24502</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 610,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6290,477 +6220,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-24502</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24197</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 164,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-305</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 164,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6780,164 +6710,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2005</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 866,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6998,123 +6928,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-2005</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+304,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7175,296 +7105,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-028</w:t>
-[...71 lines deleted...]
-2005</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 994,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-48959</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 578,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7484,160 +7418,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-48959</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 578,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7689,128 +7627,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-48959</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24 273,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7830,160 +7772,2988 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекен көшелеріндегі автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқалар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл Ел бесігі жобасы шеңберінде ауылдық елді мекендерге әлеуметтік және инженерлік инфрақұрылым бойынша іс шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 443,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансфеттер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық толық пайдаланылмаған) нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджет қаражатының бос қалдықтары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезең соңында бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 174,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8048,7132 +10818,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№321 шешіміне 2 қосымша</w:t>
+              <w:t>№ 321 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыркеңсе ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...7059 lines deleted...]
-        <w:t xml:space="preserve"> Қыркеңсе ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -15229,51 +10938,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15608,51 +11334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85476</w:t>
+83142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15785,51 +11511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10190</w:t>
+9705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15962,51 +11688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2378</w:t>
+2265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16139,51 +11865,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2378</w:t>
+2265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16316,51 +12042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6948</w:t>
+6617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16493,51 +12219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-271</w:t>
+258</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16670,51 +12396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16847,51 +12573,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5768</w:t>
+5493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17024,51 +12750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-882</w:t>
+840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17201,51 +12927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-864</w:t>
+823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17378,51 +13104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-864</w:t>
+823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17555,51 +13281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-864</w:t>
+823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18681,86 +14407,7162 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="18"/>
-[...15 lines deleted...]
-Сомасы, мың</w:t>
+          <w:bookmarkStart w:name="z32" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-теңге</w:t>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9339</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24854</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.Қаржы активтері мен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңақорған ауданы мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 321 шешіміне 3 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қыркеңсе ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85476</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5768</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+882</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқада салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z37" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22137,55 +24939,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>