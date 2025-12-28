--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d88f524" w14:textId="d88f524">
+    <w:p w14:paraId="8e98cc9" w14:textId="8e98cc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,524 +174,508 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Кыраш ауылдық округінің 2025 - 2027 жылдарға арналған бюджеті тиісінше </w:t>
+      1. Қыраш ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаларға</w:t>
+        <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес оның ішінде2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 201 593,7 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 204 705,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4 427,0 теңге;</w:t>
+      салықтық түсімдер – 7539,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 127,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімі – 197 039,7 мың теңге;</w:t>
+      трансферттердің түсімдері – 197 039 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 203 993,7 мың теңге;</w:t>
+      2) шығындар – 207105,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 ;</w:t>
+      бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0; оның ішінде:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
+      мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) -2400,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -2400,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 2400,0 мың теңге.</w:t>
+      6) бюджет тапшылығы қаржыландыру (профицитін пайдалану) 2400,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 390</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 66 250 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -999,120 +983,120 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№320 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қыраш ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыраш ауылдық округінің 2025 жылға арналған бюджеті</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1167,51 +1151,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1366,60 +1367,79 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1715,51 +1735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-201 593,7</w:t>
+204 705,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1892,51 +1912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4427,0</w:t>
+7539,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2069,51 +2089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000,0</w:t>
+4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2246,51 +2266,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000,0</w:t>
+4555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2423,51 +2443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 227,0</w:t>
+2 984,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2954,51 +2974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2015,0</w:t>
+2372,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3131,51 +3151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200,0</w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3308,51 +3328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200,0</w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4449,69 +4469,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың</w:t>
-[...17 lines deleted...]
-теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4992,51 +5011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-203 993,7</w:t>
+207 105,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5169,51 +5188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 726,0</w:t>
+43 550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5346,51 +5365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 726,0</w:t>
+43 550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5523,51 +5542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 726,0</w:t>
+42 740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5587,161 +5606,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+810,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6404,51 +6427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 451,0</w:t>
+9 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6581,51 +6604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 451,0</w:t>
+9 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6758,51 +6781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-719,0</w:t>
+1521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7112,51 +7135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 596,0</w:t>
+7820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7289,51 +7312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 730,0</w:t>
+23 992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7466,51 +7489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 730,0</w:t>
+23 992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7643,51 +7666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 425,0</w:t>
+23 687,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10017,202 +10040,98 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жаңақорған ауданы мәслихатының</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>№320 шешіміне 2 қосымша</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 320 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыраш ауылдық округінің 2026 жылғаарналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10265,51 +10184,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13532,86 +13468,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="16"/>
-[...34 lines deleted...]
-теңге</w:t>
+          <w:bookmarkStart w:name="z32" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17017,202 +16952,98 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жаңақорған ауданы мәслихатының</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>№320 шешіміне 3 қосымша</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 320 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыраш ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -20568,70 +20399,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="18"/>
+          <w:bookmarkStart w:name="z37" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24081,55 +23912,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>