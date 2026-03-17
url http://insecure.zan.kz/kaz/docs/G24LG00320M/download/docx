--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8e98cc9" w14:textId="8e98cc9">
+    <w:p w14:paraId="08cbd18" w14:textId="08cbd18">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -190,151 +190,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қыраш ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
+      1. Кыраш ауылдық округінің 2025 - 2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес оның ішінде2025 жылға мынадай көлемде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 204 705,7 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 200 477,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 7539,0 мың теңге;</w:t>
+      салықтық түсімдер – 7539,0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 127,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
@@ -350,71 +350,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 197 039 мың теңге;</w:t>
+      трансферттердің түсімі – 192 811,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 207105,7 мың теңге;</w:t>
+      2) шығындар – 202 877,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -430,186 +430,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0;</w:t>
+      бюджеттік кредиттерді өтеу – 0 ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0; қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
+      5) бюджет тапшылығы (профициті) -2400,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -2400,0 мың теңге;</w:t>
-[...17 lines deleted...]
-      6) бюджет тапшылығы қаржыландыру (профицитін пайдалану) 2400,0 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) 2400,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t>№ 463</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1016,87 +998,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыраш ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 433</w:t>
+        <w:t>№ 463</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Қыраш ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1367,79 +1333,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1735,51 +1682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204 705,7</w:t>
+200 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2443,51 +2390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 984,0</w:t>
+2427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4036,51 +3983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197 039,7</w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4213,51 +4160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197 039,7</w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4390,100 +4337,99 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197 039,7</w:t>
+192 811,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4566,60 +4512,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5011,51 +4977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207 105,7</w:t>
+202 877,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5188,51 +5154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 550,0</w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5365,51 +5331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 550,0</w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5542,51 +5508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 740,0</w:t>
+43 002,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5606,128 +5572,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Мемлекеттік органның күрделі шығыстары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6427,51 +6393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 477,0</w:t>
+9 477,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6781,51 +6747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1521,0</w:t>
+1 521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7135,51 +7101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7820,0</w:t>
+7 820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7312,51 +7278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 992,0</w:t>
+23 730,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7489,51 +7455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 992,0</w:t>
+23 730,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7666,51 +7632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 687,0</w:t>
+23 425,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8201,51 +8167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130 082,7</w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8378,51 +8344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130 082,7</w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8555,51 +8521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130 082,7</w:t>
+125 854,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10890,51 +10856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтықтүсімдер</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11067,51 +11033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Табыссалығы </w:t>
+Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11421,51 +11387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiккесалынатынсалықтар</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11598,51 +11564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiккесалынатынсалықтар</w:t>
+Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11952,51 +11918,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiкқұралдарынасалынатынсалық</w:t>
+Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12483,51 +12449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтықеместүсiмдер</w:t>
+Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12660,51 +12626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттікменшіктентүсетінкірістер</w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12837,51 +12803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекетменшігіндегімүліктіжалғаберудентүсетінкірістер</w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13014,51 +12980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердіңтүсімдері</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13191,51 +13157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13368,51 +13334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13576,51 +13542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттікбағдарламалардыңәкімшісі</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -14172,51 +14138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпысипаттағымемлекеттiкқызметтер</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14349,51 +14315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14526,51 +14492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14703,51 +14669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Денсаулықсақтау</w:t>
+Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14880,51 +14846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15234,51 +15200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғынүй-коммуналдықшаруашылық</w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15411,51 +15377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15588,51 +15554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендердекөшелердіжарықтандыру</w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15765,51 +15731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендердіңсанитариясынқамтамасызету</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15942,51 +15908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендердіабаттандыру мен көгалдандыру</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16119,51 +16085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16296,51 +16262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16473,51 +16439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергіліктідеңгейдемәдени-демалысжұмысынқолдау</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16654,51 +16620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16831,51 +16797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергіліктідеңгейдеденешынықтыру- сауықтыружәнеспорттықісшаралардыөткізу</w:t>
+Жергілікті деңгейде дене шынықтыру- сауықтыру және спорттық іс шараларды өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17016,177 +16982,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қыраш ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мыңтеңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17196,116 +17160,116 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17315,3119 +17279,3085 @@
               <w:t>
 Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. КІРІСТЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтықтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4881</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Табыссалығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2456</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біріңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біріңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтықеместүсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z37" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -20445,204 +20375,203 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Бюджеттікбағдарламалардыңәкімшісі</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20652,149 +20581,147 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20804,3053 +20731,3019 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ШЫҒЫНДАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74734</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...68 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...68 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда науқасы ауыр адамдарды дәрігерлік көмек көрсететін жақын жердегі денсаулық сақтау ұйымына жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...68 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 793</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасызету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4626</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...101 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24887</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...68 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22746</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...68 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде дене шынықтыру- сауықтыру және спорттық іс шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>