--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="481a2b9" w14:textId="481a2b9">
+    <w:p w14:paraId="0552a91" w14:textId="0552a91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Респубикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қожамберді ауылдық округінің 2025–2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -257,423 +240,400 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3- қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 83 808,7 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 86 375,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4623,7 мың теңге;</w:t>
+      салықтық түсімдер – 7 752,8 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 650,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 87,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 78 535,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 83 958,4 мың теңге;</w:t>
+      2) шығындар – 86 525,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредит беру – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0; қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -149,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 149,7 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 389</w:t>
+        <w:t>№ 432</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 66 698 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z21" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025жылдың 1 қаңтарынан бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -877,110 +837,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№318 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қожамберді ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 389</w:t>
+        <w:t>№ 432</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1045,51 +989,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1424,51 +1385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83 808,7</w:t>
+86 375,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1601,51 +1562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 623,7</w:t>
+7 752,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1778,51 +1739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1535,7</w:t>
+4 703,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1955,51 +1916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1535,7</w:t>
+4 703,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2132,51 +2093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3088</w:t>
+ 3049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2309,51 +2270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321</w:t>
+224</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2840,246 +2801,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114</w:t>
+168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...162 lines deleted...]
-650</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер телімін пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3099,518 +3042,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-650</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер телімін пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-650</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-78 535</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелер салатын айыппұлдар,өсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3630,1369 +3573,1386 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-78 535</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелер салатын айыппұлдар,өсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78 535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78 535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78 535</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...87 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
-        </w:tc>
-[...83 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-42 212</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+86 525,4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-41 488</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 099</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5012,341 +4972,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-724</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 099</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-17 222,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+42 375 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5366,341 +5326,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-17 222,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+724</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 066</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 902,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5720,164 +5680,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-266</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 902,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5938,50 +5898,404 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+266</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6010,51 +6324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 890,4</w:t>
+17 570,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8227,74 +8541,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№318 шешіміне 2-қосымша</w:t>
+              <w:t>№ 318 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қожамберді ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14827,68 +15141,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№318 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:bookmarkStart w:name="z34" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қожамберді ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>